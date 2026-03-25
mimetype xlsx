--- v0 (2025-10-23)
+++ v1 (2026-03-25)
@@ -6,58 +6,58 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\Website Files\Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3345C478-8B20-45DE-A58F-798E85455706}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0B7E7B62-5807-4E57-A331-2EBDE3E9BA98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="9QACT0HRyP4TdAYcfY5uqNs9jO3i1R9CvoSYjswxTDwDQJR8Urw4MtYQ+o5PMl0H25JwxVlr4prkw0XuVJB7HA==" workbookSaltValue="GEpRraMb7DSs0qigmh3gmQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="655" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Other Expenses_Summary" sheetId="1" r:id="rId1"/>
     <sheet name="Mileage" sheetId="2" r:id="rId2"/>
     <sheet name="Food_Non-Alcoholic Beverage" sheetId="3" r:id="rId3"/>
     <sheet name="Instructions" sheetId="6" r:id="rId4"/>
     <sheet name="Compatibility Report" sheetId="4" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Food_Non-Alcoholic Beverage'!$A$1:$M$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Instructions!$A$1:$P$21</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Mileage!$A$1:$I$199</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Other Expenses_Summary'!$A$1:$P$51</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Mileage!$14:$17</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -2263,458 +2263,458 @@
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="1" quotePrefix="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...56 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="44" fontId="13" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="44" fontId="13" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...2 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="17" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="8" fontId="13" fillId="7" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="8" fontId="5" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...17 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="38" fontId="13" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="44" fontId="5" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="13" fillId="7" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="166" fontId="13" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="13" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="13" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="44" fontId="13" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="13" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="8" fontId="13" fillId="7" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="7" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="8" fillId="0" borderId="22" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="8" fillId="0" borderId="23" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="8" fillId="0" borderId="24" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
@@ -2940,197 +2940,163 @@
         </a:xfrm>
         <a:prstGeom prst="star4">
           <a:avLst>
             <a:gd name="adj" fmla="val 12500"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3308,7790 +3274,7790 @@
   <cols>
     <col min="1" max="1" width="4.140625" style="15" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="15" customWidth="1"/>
     <col min="3" max="3" width="5.85546875" style="15" customWidth="1"/>
     <col min="4" max="6" width="9.7109375" style="15" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="15" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" style="15" customWidth="1"/>
     <col min="9" max="9" width="10.42578125" style="15" customWidth="1"/>
     <col min="10" max="10" width="3" style="15" customWidth="1"/>
     <col min="11" max="11" width="3.5703125" style="15" customWidth="1"/>
     <col min="12" max="12" width="18.42578125" style="15" customWidth="1"/>
     <col min="13" max="13" width="5.85546875" style="15" customWidth="1"/>
     <col min="14" max="14" width="16.7109375" style="15" customWidth="1"/>
     <col min="15" max="15" width="1.5703125" style="15" customWidth="1"/>
     <col min="16" max="16" width="4.140625" style="15" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="15"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
-      <c r="K1" s="17"/>
-[...15 lines deleted...]
-      <c r="AH1" s="17"/>
+      <c r="K1" s="153"/>
+      <c r="L1" s="153"/>
+      <c r="M1" s="153"/>
+      <c r="N1" s="153"/>
+      <c r="O1" s="153"/>
+      <c r="P1" s="153"/>
+      <c r="X1" s="157"/>
+      <c r="Y1" s="157"/>
+      <c r="Z1" s="157"/>
+      <c r="AA1" s="157"/>
+      <c r="AB1" s="157"/>
+      <c r="AC1" s="157"/>
+      <c r="AD1" s="153"/>
+      <c r="AE1" s="153"/>
+      <c r="AF1" s="153"/>
+      <c r="AG1" s="153"/>
+      <c r="AH1" s="153"/>
     </row>
     <row r="2" spans="1:34" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="161" t="s">
         <v>86</v>
       </c>
-      <c r="B2" s="19"/>
-[...2 lines deleted...]
-      <c r="E2" s="20" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="162" t="s">
         <v>87</v>
       </c>
-      <c r="F2" s="21"/>
-[...2 lines deleted...]
-      <c r="I2" s="22"/>
+      <c r="F2" s="163"/>
+      <c r="G2" s="163"/>
+      <c r="H2" s="163"/>
+      <c r="I2" s="164"/>
       <c r="J2" s="16"/>
-      <c r="K2" s="17"/>
-[...15 lines deleted...]
-      <c r="AH2" s="17"/>
+      <c r="K2" s="153"/>
+      <c r="L2" s="153"/>
+      <c r="M2" s="153"/>
+      <c r="N2" s="153"/>
+      <c r="O2" s="153"/>
+      <c r="P2" s="153"/>
+      <c r="X2" s="157"/>
+      <c r="Y2" s="157"/>
+      <c r="Z2" s="157"/>
+      <c r="AA2" s="157"/>
+      <c r="AB2" s="157"/>
+      <c r="AC2" s="157"/>
+      <c r="AD2" s="153"/>
+      <c r="AE2" s="153"/>
+      <c r="AF2" s="153"/>
+      <c r="AG2" s="153"/>
+      <c r="AH2" s="153"/>
     </row>
     <row r="3" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="23" t="s">
+      <c r="A3" s="149" t="s">
         <v>88</v>
       </c>
-      <c r="B3" s="23"/>
-[...2 lines deleted...]
-      <c r="E3" s="26" t="s">
+      <c r="B3" s="149"/>
+      <c r="C3" s="150"/>
+      <c r="D3" s="17"/>
+      <c r="E3" s="165" t="s">
         <v>89</v>
       </c>
-      <c r="F3" s="27"/>
-[...25 lines deleted...]
-      <c r="AH3" s="30"/>
+      <c r="F3" s="166"/>
+      <c r="G3" s="166"/>
+      <c r="H3" s="166"/>
+      <c r="I3" s="167"/>
+      <c r="J3" s="18"/>
+      <c r="K3" s="155"/>
+      <c r="L3" s="155"/>
+      <c r="M3" s="155"/>
+      <c r="N3" s="155"/>
+      <c r="O3" s="155"/>
+      <c r="P3" s="155"/>
+      <c r="S3" s="19"/>
+      <c r="T3" s="19"/>
+      <c r="U3" s="19"/>
+      <c r="V3" s="19"/>
+      <c r="W3" s="19"/>
+      <c r="X3" s="154"/>
+      <c r="Y3" s="154"/>
+      <c r="Z3" s="154"/>
+      <c r="AA3" s="154"/>
+      <c r="AB3" s="154"/>
+      <c r="AC3" s="154"/>
+      <c r="AD3" s="155"/>
+      <c r="AE3" s="155"/>
+      <c r="AF3" s="155"/>
+      <c r="AG3" s="155"/>
+      <c r="AH3" s="155"/>
     </row>
     <row r="4" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A4" s="33" t="s">
+      <c r="A4" s="20" t="s">
         <v>90</v>
       </c>
-      <c r="B4" s="33"/>
-[...2 lines deleted...]
-      <c r="E4" s="26" t="s">
+      <c r="B4" s="20"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="17"/>
+      <c r="E4" s="165" t="s">
         <v>91</v>
       </c>
-      <c r="F4" s="27"/>
-[...25 lines deleted...]
-      <c r="AH4" s="30"/>
+      <c r="F4" s="166"/>
+      <c r="G4" s="166"/>
+      <c r="H4" s="166"/>
+      <c r="I4" s="167"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="155"/>
+      <c r="L4" s="155"/>
+      <c r="M4" s="155"/>
+      <c r="N4" s="155"/>
+      <c r="O4" s="155"/>
+      <c r="P4" s="155"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="19"/>
+      <c r="U4" s="19"/>
+      <c r="V4" s="19"/>
+      <c r="W4" s="19"/>
+      <c r="X4" s="154"/>
+      <c r="Y4" s="154"/>
+      <c r="Z4" s="154"/>
+      <c r="AA4" s="154"/>
+      <c r="AB4" s="154"/>
+      <c r="AC4" s="154"/>
+      <c r="AD4" s="155"/>
+      <c r="AE4" s="155"/>
+      <c r="AF4" s="155"/>
+      <c r="AG4" s="155"/>
+      <c r="AH4" s="155"/>
     </row>
     <row r="5" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="23" t="s">
+      <c r="A5" s="149" t="s">
         <v>92</v>
       </c>
-      <c r="B5" s="23"/>
-[...2 lines deleted...]
-      <c r="E5" s="35" t="s">
+      <c r="B5" s="149"/>
+      <c r="C5" s="150"/>
+      <c r="D5" s="17"/>
+      <c r="E5" s="143" t="s">
         <v>93</v>
       </c>
-      <c r="F5" s="36"/>
-[...10 lines deleted...]
-      <c r="P5" s="38"/>
+      <c r="F5" s="144"/>
+      <c r="G5" s="144"/>
+      <c r="H5" s="144"/>
+      <c r="I5" s="145"/>
+      <c r="K5" s="160" t="s">
+        <v>0</v>
+      </c>
+      <c r="L5" s="160"/>
+      <c r="M5" s="160"/>
+      <c r="N5" s="160"/>
+      <c r="O5" s="160"/>
+      <c r="P5" s="160"/>
     </row>
     <row r="6" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="39" t="s">
+      <c r="A6" s="151" t="s">
         <v>94</v>
       </c>
-      <c r="B6" s="39"/>
-[...2 lines deleted...]
-      <c r="E6" s="42" t="s">
+      <c r="B6" s="151"/>
+      <c r="C6" s="152"/>
+      <c r="D6" s="22"/>
+      <c r="E6" s="146" t="s">
         <v>95</v>
       </c>
-      <c r="F6" s="43"/>
-[...3 lines deleted...]
-      <c r="K6" s="38" t="s">
+      <c r="F6" s="147"/>
+      <c r="G6" s="147"/>
+      <c r="H6" s="147"/>
+      <c r="I6" s="148"/>
+      <c r="K6" s="160" t="s">
         <v>98</v>
       </c>
-      <c r="L6" s="38"/>
-[...3 lines deleted...]
-      <c r="P6" s="38"/>
+      <c r="L6" s="160"/>
+      <c r="M6" s="160"/>
+      <c r="N6" s="160"/>
+      <c r="O6" s="160"/>
+      <c r="P6" s="160"/>
     </row>
     <row r="7" spans="1:34" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="8" spans="1:34" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A8" s="45" t="s">
+      <c r="A8" s="159" t="s">
         <v>99</v>
       </c>
-      <c r="B8" s="45"/>
-[...13 lines deleted...]
-      <c r="P8" s="45"/>
+      <c r="B8" s="159"/>
+      <c r="C8" s="159"/>
+      <c r="D8" s="159"/>
+      <c r="E8" s="159"/>
+      <c r="F8" s="159"/>
+      <c r="G8" s="159"/>
+      <c r="H8" s="159"/>
+      <c r="I8" s="159"/>
+      <c r="J8" s="159"/>
+      <c r="K8" s="159"/>
+      <c r="L8" s="159"/>
+      <c r="M8" s="159"/>
+      <c r="N8" s="159"/>
+      <c r="O8" s="159"/>
+      <c r="P8" s="159"/>
     </row>
     <row r="9" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="A9" s="46" t="s">
+      <c r="A9" s="158" t="s">
         <v>100</v>
       </c>
-      <c r="B9" s="46"/>
-[...13 lines deleted...]
-      <c r="P9" s="46"/>
+      <c r="B9" s="158"/>
+      <c r="C9" s="158"/>
+      <c r="D9" s="158"/>
+      <c r="E9" s="158"/>
+      <c r="F9" s="158"/>
+      <c r="G9" s="158"/>
+      <c r="H9" s="158"/>
+      <c r="I9" s="158"/>
+      <c r="J9" s="158"/>
+      <c r="K9" s="158"/>
+      <c r="L9" s="158"/>
+      <c r="M9" s="158"/>
+      <c r="N9" s="158"/>
+      <c r="O9" s="158"/>
+      <c r="P9" s="158"/>
     </row>
     <row r="10" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="A10" s="47"/>
-[...14 lines deleted...]
-      <c r="P10" s="47"/>
+      <c r="A10" s="23"/>
+      <c r="B10" s="23"/>
+      <c r="C10" s="23"/>
+      <c r="D10" s="23"/>
+      <c r="E10" s="23"/>
+      <c r="F10" s="23"/>
+      <c r="G10" s="23"/>
+      <c r="H10" s="23"/>
+      <c r="I10" s="23"/>
+      <c r="J10" s="23"/>
+      <c r="K10" s="23"/>
+      <c r="L10" s="23"/>
+      <c r="M10" s="23"/>
+      <c r="N10" s="23"/>
+      <c r="O10" s="23"/>
+      <c r="P10" s="23"/>
     </row>
     <row r="11" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="I11" s="17" t="s">
+      <c r="I11" s="153" t="s">
         <v>3</v>
       </c>
-      <c r="J11" s="17"/>
-[...3 lines deleted...]
-      <c r="N11" s="48" t="s">
+      <c r="J11" s="153"/>
+      <c r="K11" s="153"/>
+      <c r="L11" s="153"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="O11" s="48"/>
+      <c r="O11" s="24"/>
     </row>
     <row r="12" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="B12" s="49" t="s">
+      <c r="B12" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="D12" s="50" t="s">
+      <c r="D12" s="142" t="s">
         <v>2</v>
       </c>
-      <c r="E12" s="50"/>
-[...2 lines deleted...]
-      <c r="I12" s="50" t="s">
+      <c r="E12" s="142"/>
+      <c r="F12" s="142"/>
+      <c r="G12" s="25"/>
+      <c r="I12" s="142" t="s">
         <v>4</v>
       </c>
-      <c r="J12" s="50"/>
-[...3 lines deleted...]
-      <c r="N12" s="49" t="s">
+      <c r="J12" s="142"/>
+      <c r="K12" s="142"/>
+      <c r="L12" s="142"/>
+      <c r="M12" s="25"/>
+      <c r="N12" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="O12" s="49"/>
+      <c r="O12" s="25"/>
     </row>
     <row r="13" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="51"/>
-[...14 lines deleted...]
-      <c r="O13" s="58"/>
+      <c r="B13" s="26"/>
+      <c r="C13" s="27"/>
+      <c r="D13" s="138"/>
+      <c r="E13" s="138"/>
+      <c r="F13" s="138"/>
+      <c r="G13" s="28"/>
+      <c r="H13" s="27"/>
+      <c r="I13" s="156"/>
+      <c r="J13" s="156"/>
+      <c r="K13" s="156"/>
+      <c r="L13" s="156"/>
+      <c r="M13" s="29"/>
+      <c r="N13" s="30">
+        <v>0</v>
+      </c>
+      <c r="O13" s="31"/>
     </row>
     <row r="14" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="59"/>
-[...14 lines deleted...]
-      <c r="O14" s="61"/>
+      <c r="B14" s="32"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="138"/>
+      <c r="E14" s="138"/>
+      <c r="F14" s="138"/>
+      <c r="G14" s="28"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="141"/>
+      <c r="J14" s="141"/>
+      <c r="K14" s="141"/>
+      <c r="L14" s="141"/>
+      <c r="M14" s="29"/>
+      <c r="N14" s="30">
+        <v>0</v>
+      </c>
+      <c r="O14" s="33"/>
     </row>
     <row r="15" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="59"/>
-[...14 lines deleted...]
-      <c r="O15" s="61"/>
+      <c r="B15" s="32"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="138"/>
+      <c r="E15" s="138"/>
+      <c r="F15" s="138"/>
+      <c r="G15" s="28"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="141"/>
+      <c r="J15" s="141"/>
+      <c r="K15" s="141"/>
+      <c r="L15" s="141"/>
+      <c r="M15" s="29"/>
+      <c r="N15" s="30">
+        <v>0</v>
+      </c>
+      <c r="O15" s="33"/>
     </row>
     <row r="16" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="59"/>
-[...14 lines deleted...]
-      <c r="O16" s="61"/>
+      <c r="B16" s="32"/>
+      <c r="C16" s="27"/>
+      <c r="D16" s="138"/>
+      <c r="E16" s="138"/>
+      <c r="F16" s="138"/>
+      <c r="G16" s="28"/>
+      <c r="H16" s="27"/>
+      <c r="I16" s="141"/>
+      <c r="J16" s="141"/>
+      <c r="K16" s="141"/>
+      <c r="L16" s="141"/>
+      <c r="M16" s="29"/>
+      <c r="N16" s="30">
+        <v>0</v>
+      </c>
+      <c r="O16" s="33"/>
     </row>
     <row r="17" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="59"/>
-[...14 lines deleted...]
-      <c r="O17" s="61"/>
+      <c r="B17" s="32"/>
+      <c r="C17" s="27"/>
+      <c r="D17" s="138"/>
+      <c r="E17" s="138"/>
+      <c r="F17" s="138"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="27"/>
+      <c r="I17" s="141"/>
+      <c r="J17" s="141"/>
+      <c r="K17" s="141"/>
+      <c r="L17" s="141"/>
+      <c r="M17" s="29"/>
+      <c r="N17" s="30">
+        <v>0</v>
+      </c>
+      <c r="O17" s="33"/>
     </row>
     <row r="18" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="59"/>
-[...14 lines deleted...]
-      <c r="O18" s="61"/>
+      <c r="B18" s="32"/>
+      <c r="C18" s="27"/>
+      <c r="D18" s="138"/>
+      <c r="E18" s="138"/>
+      <c r="F18" s="138"/>
+      <c r="G18" s="28"/>
+      <c r="H18" s="27"/>
+      <c r="I18" s="141"/>
+      <c r="J18" s="141"/>
+      <c r="K18" s="141"/>
+      <c r="L18" s="141"/>
+      <c r="M18" s="29"/>
+      <c r="N18" s="30">
+        <v>0</v>
+      </c>
+      <c r="O18" s="33"/>
     </row>
     <row r="19" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="59"/>
-[...14 lines deleted...]
-      <c r="O19" s="61"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="27"/>
+      <c r="D19" s="138"/>
+      <c r="E19" s="138"/>
+      <c r="F19" s="138"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="27"/>
+      <c r="I19" s="141"/>
+      <c r="J19" s="141"/>
+      <c r="K19" s="141"/>
+      <c r="L19" s="141"/>
+      <c r="M19" s="29"/>
+      <c r="N19" s="30">
+        <v>0</v>
+      </c>
+      <c r="O19" s="33"/>
     </row>
     <row r="20" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="59"/>
-[...14 lines deleted...]
-      <c r="O20" s="61"/>
+      <c r="B20" s="32"/>
+      <c r="C20" s="27"/>
+      <c r="D20" s="138"/>
+      <c r="E20" s="138"/>
+      <c r="F20" s="138"/>
+      <c r="G20" s="28"/>
+      <c r="H20" s="27"/>
+      <c r="I20" s="141"/>
+      <c r="J20" s="141"/>
+      <c r="K20" s="141"/>
+      <c r="L20" s="141"/>
+      <c r="M20" s="29"/>
+      <c r="N20" s="30">
+        <v>0</v>
+      </c>
+      <c r="O20" s="33"/>
     </row>
     <row r="21" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="59"/>
-[...14 lines deleted...]
-      <c r="O21" s="61"/>
+      <c r="B21" s="32"/>
+      <c r="C21" s="27"/>
+      <c r="D21" s="138"/>
+      <c r="E21" s="138"/>
+      <c r="F21" s="138"/>
+      <c r="G21" s="28"/>
+      <c r="H21" s="27"/>
+      <c r="I21" s="141"/>
+      <c r="J21" s="141"/>
+      <c r="K21" s="141"/>
+      <c r="L21" s="141"/>
+      <c r="M21" s="29"/>
+      <c r="N21" s="30">
+        <v>0</v>
+      </c>
+      <c r="O21" s="33"/>
     </row>
     <row r="22" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="I22" s="62"/>
-[...2 lines deleted...]
-      <c r="N22" s="63"/>
+      <c r="I22" s="34"/>
+      <c r="J22" s="34"/>
+      <c r="K22" s="34"/>
+      <c r="N22" s="35"/>
     </row>
     <row r="23" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="I23" s="64" t="s">
+      <c r="I23" s="36" t="s">
         <v>102</v>
       </c>
-      <c r="J23" s="62"/>
-[...1 lines deleted...]
-      <c r="N23" s="65">
+      <c r="J23" s="34"/>
+      <c r="K23" s="34"/>
+      <c r="N23" s="37">
         <f>SUM(N13:N22)</f>
         <v>0</v>
       </c>
-      <c r="O23" s="58"/>
+      <c r="O23" s="31"/>
     </row>
     <row r="24" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="I24" s="62"/>
-[...1 lines deleted...]
-      <c r="K24" s="62"/>
+      <c r="I24" s="34"/>
+      <c r="J24" s="34"/>
+      <c r="K24" s="34"/>
     </row>
     <row r="25" spans="1:16" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="I25" s="62"/>
-[...1 lines deleted...]
-      <c r="K25" s="62"/>
+      <c r="I25" s="34"/>
+      <c r="J25" s="34"/>
+      <c r="K25" s="34"/>
     </row>
     <row r="26" spans="1:16" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="66"/>
-[...14 lines deleted...]
-      <c r="P26" s="69"/>
+      <c r="A26" s="38"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="39"/>
+      <c r="D26" s="39"/>
+      <c r="E26" s="39"/>
+      <c r="F26" s="39"/>
+      <c r="G26" s="39"/>
+      <c r="H26" s="39"/>
+      <c r="I26" s="40"/>
+      <c r="J26" s="40"/>
+      <c r="K26" s="40"/>
+      <c r="L26" s="39"/>
+      <c r="M26" s="39"/>
+      <c r="N26" s="39"/>
+      <c r="O26" s="39"/>
+      <c r="P26" s="41"/>
     </row>
     <row r="27" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="70"/>
-      <c r="B27" s="71" t="s">
+      <c r="A27" s="42"/>
+      <c r="B27" s="140" t="s">
         <v>101</v>
       </c>
-      <c r="C27" s="71"/>
-[...12 lines deleted...]
-      <c r="P27" s="73"/>
+      <c r="C27" s="140"/>
+      <c r="D27" s="140"/>
+      <c r="E27" s="140"/>
+      <c r="F27" s="140"/>
+      <c r="G27" s="140"/>
+      <c r="H27" s="140"/>
+      <c r="I27" s="140"/>
+      <c r="J27" s="140"/>
+      <c r="K27" s="140"/>
+      <c r="L27" s="140"/>
+      <c r="M27" s="140"/>
+      <c r="N27" s="140"/>
+      <c r="O27" s="43"/>
+      <c r="P27" s="44"/>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A28" s="70"/>
-[...14 lines deleted...]
-      <c r="P28" s="73"/>
+      <c r="A28" s="42"/>
+      <c r="B28" s="45"/>
+      <c r="C28" s="45"/>
+      <c r="D28" s="45"/>
+      <c r="E28" s="45"/>
+      <c r="F28" s="45"/>
+      <c r="G28" s="45"/>
+      <c r="H28" s="45"/>
+      <c r="I28" s="46"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+      <c r="L28" s="45"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="45"/>
+      <c r="O28" s="45"/>
+      <c r="P28" s="44"/>
     </row>
     <row r="29" spans="1:16" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="70"/>
-[...14 lines deleted...]
-      <c r="P29" s="73"/>
+      <c r="A29" s="42"/>
+      <c r="B29" s="45"/>
+      <c r="C29" s="45"/>
+      <c r="D29" s="45"/>
+      <c r="E29" s="45"/>
+      <c r="F29" s="45"/>
+      <c r="G29" s="45"/>
+      <c r="H29" s="45"/>
+      <c r="I29" s="45"/>
+      <c r="J29" s="45"/>
+      <c r="K29" s="45"/>
+      <c r="L29" s="45"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="45"/>
+      <c r="O29" s="45"/>
+      <c r="P29" s="44"/>
     </row>
     <row r="30" spans="1:16" ht="15" x14ac:dyDescent="0.25">
-      <c r="A30" s="70"/>
-      <c r="B30" s="76" t="s">
+      <c r="A30" s="42"/>
+      <c r="B30" s="47" t="s">
         <v>11</v>
       </c>
-      <c r="C30" s="77"/>
-[...5 lines deleted...]
-      <c r="I30" s="78" t="s">
+      <c r="C30" s="139"/>
+      <c r="D30" s="139"/>
+      <c r="E30" s="139"/>
+      <c r="F30" s="139"/>
+      <c r="G30" s="45"/>
+      <c r="H30" s="45"/>
+      <c r="I30" s="48" t="s">
         <v>17</v>
       </c>
-      <c r="J30" s="79"/>
-[...5 lines deleted...]
-      <c r="P30" s="73"/>
+      <c r="J30" s="127"/>
+      <c r="K30" s="127"/>
+      <c r="L30" s="127"/>
+      <c r="M30" s="49"/>
+      <c r="N30" s="45"/>
+      <c r="O30" s="45"/>
+      <c r="P30" s="44"/>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A31" s="70"/>
-[...14 lines deleted...]
-      <c r="P31" s="73"/>
+      <c r="A31" s="42"/>
+      <c r="B31" s="45"/>
+      <c r="C31" s="45"/>
+      <c r="D31" s="45"/>
+      <c r="E31" s="45"/>
+      <c r="F31" s="45"/>
+      <c r="G31" s="45"/>
+      <c r="H31" s="45"/>
+      <c r="I31" s="45"/>
+      <c r="J31" s="45"/>
+      <c r="K31" s="45"/>
+      <c r="L31" s="45"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+      <c r="O31" s="45"/>
+      <c r="P31" s="44"/>
     </row>
     <row r="32" spans="1:16" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="70"/>
-[...14 lines deleted...]
-      <c r="P32" s="73"/>
+      <c r="A32" s="42"/>
+      <c r="B32" s="45"/>
+      <c r="C32" s="45"/>
+      <c r="D32" s="45"/>
+      <c r="E32" s="45"/>
+      <c r="F32" s="45"/>
+      <c r="G32" s="45"/>
+      <c r="H32" s="50"/>
+      <c r="I32" s="51"/>
+      <c r="J32" s="51"/>
+      <c r="K32" s="51"/>
+      <c r="L32" s="51"/>
+      <c r="M32" s="51"/>
+      <c r="N32" s="51"/>
+      <c r="O32" s="52"/>
+      <c r="P32" s="44"/>
     </row>
     <row r="33" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="70"/>
-      <c r="B33" s="76" t="s">
+      <c r="A33" s="42"/>
+      <c r="B33" s="47" t="s">
         <v>10</v>
       </c>
-      <c r="C33" s="79"/>
-[...6 lines deleted...]
-      <c r="J33" s="86" t="s">
+      <c r="C33" s="127"/>
+      <c r="D33" s="127"/>
+      <c r="E33" s="127"/>
+      <c r="F33" s="127"/>
+      <c r="G33" s="45"/>
+      <c r="H33" s="53"/>
+      <c r="I33" s="54"/>
+      <c r="J33" s="130" t="s">
         <v>20</v>
       </c>
-      <c r="K33" s="86"/>
-[...2 lines deleted...]
-      <c r="N33" s="88">
+      <c r="K33" s="130"/>
+      <c r="L33" s="130"/>
+      <c r="M33" s="55"/>
+      <c r="N33" s="56">
         <f>N23</f>
         <v>0</v>
       </c>
-      <c r="O33" s="89"/>
-      <c r="P33" s="73"/>
+      <c r="O33" s="57"/>
+      <c r="P33" s="44"/>
     </row>
     <row r="34" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="70"/>
-      <c r="B34" s="76" t="s">
+      <c r="A34" s="42"/>
+      <c r="B34" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="C34" s="90"/>
-[...6 lines deleted...]
-      <c r="J34" s="86" t="s">
+      <c r="C34" s="135"/>
+      <c r="D34" s="135"/>
+      <c r="E34" s="135"/>
+      <c r="F34" s="135"/>
+      <c r="G34" s="45"/>
+      <c r="H34" s="53"/>
+      <c r="I34" s="54"/>
+      <c r="J34" s="130" t="s">
         <v>21</v>
       </c>
-      <c r="K34" s="86"/>
-[...2 lines deleted...]
-      <c r="N34" s="91">
+      <c r="K34" s="130"/>
+      <c r="L34" s="130"/>
+      <c r="M34" s="55"/>
+      <c r="N34" s="58">
         <f>Mileage!I11</f>
         <v>0</v>
       </c>
-      <c r="O34" s="89"/>
-      <c r="P34" s="73"/>
+      <c r="O34" s="57"/>
+      <c r="P34" s="44"/>
     </row>
     <row r="35" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="70"/>
-[...7 lines deleted...]
-      <c r="I35" s="86" t="s">
+      <c r="A35" s="42"/>
+      <c r="B35" s="45"/>
+      <c r="C35" s="135"/>
+      <c r="D35" s="135"/>
+      <c r="E35" s="135"/>
+      <c r="F35" s="135"/>
+      <c r="G35" s="45"/>
+      <c r="H35" s="59"/>
+      <c r="I35" s="130" t="s">
         <v>22</v>
       </c>
-      <c r="J35" s="86"/>
-[...3 lines deleted...]
-      <c r="N35" s="91">
+      <c r="J35" s="130"/>
+      <c r="K35" s="130"/>
+      <c r="L35" s="130"/>
+      <c r="M35" s="55"/>
+      <c r="N35" s="58">
         <f>'Food_Non-Alcoholic Beverage'!L21</f>
         <v>0</v>
       </c>
-      <c r="O35" s="89"/>
-      <c r="P35" s="73"/>
+      <c r="O35" s="57"/>
+      <c r="P35" s="44"/>
     </row>
     <row r="36" spans="1:16" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="70"/>
-      <c r="B36" s="76" t="s">
+      <c r="A36" s="42"/>
+      <c r="B36" s="47" t="s">
         <v>12</v>
       </c>
-      <c r="C36" s="93" t="s">
+      <c r="C36" s="136" t="s">
         <v>18</v>
       </c>
-      <c r="D36" s="93"/>
-[...4 lines deleted...]
-      <c r="I36" s="95" t="s">
+      <c r="D36" s="136"/>
+      <c r="E36" s="137"/>
+      <c r="F36" s="137"/>
+      <c r="G36" s="45"/>
+      <c r="H36" s="53"/>
+      <c r="I36" s="131" t="s">
         <v>23</v>
       </c>
-      <c r="J36" s="95"/>
-[...3 lines deleted...]
-      <c r="N36" s="97">
+      <c r="J36" s="131"/>
+      <c r="K36" s="131"/>
+      <c r="L36" s="131"/>
+      <c r="M36" s="60"/>
+      <c r="N36" s="61">
         <f>SUM(N33:N35)</f>
         <v>0</v>
       </c>
-      <c r="O36" s="89"/>
-      <c r="P36" s="73"/>
+      <c r="O36" s="57"/>
+      <c r="P36" s="44"/>
     </row>
     <row r="37" spans="1:16" ht="5.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="70"/>
-[...3 lines deleted...]
-      <c r="E37" s="98" t="s">
+      <c r="A37" s="42"/>
+      <c r="B37" s="45"/>
+      <c r="C37" s="45"/>
+      <c r="D37" s="45"/>
+      <c r="E37" s="132" t="s">
         <v>13</v>
       </c>
-      <c r="F37" s="98"/>
-[...9 lines deleted...]
-      <c r="P37" s="73"/>
+      <c r="F37" s="132"/>
+      <c r="G37" s="45"/>
+      <c r="H37" s="62"/>
+      <c r="I37" s="63"/>
+      <c r="J37" s="63"/>
+      <c r="K37" s="63"/>
+      <c r="L37" s="63"/>
+      <c r="M37" s="63"/>
+      <c r="N37" s="63"/>
+      <c r="O37" s="64"/>
+      <c r="P37" s="44"/>
     </row>
     <row r="38" spans="1:16" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="70"/>
-[...14 lines deleted...]
-      <c r="P38" s="73"/>
+      <c r="A38" s="42"/>
+      <c r="B38" s="45"/>
+      <c r="C38" s="45"/>
+      <c r="D38" s="45"/>
+      <c r="E38" s="133"/>
+      <c r="F38" s="134"/>
+      <c r="G38" s="45"/>
+      <c r="H38" s="45"/>
+      <c r="I38" s="45"/>
+      <c r="J38" s="45"/>
+      <c r="K38" s="45"/>
+      <c r="L38" s="45"/>
+      <c r="M38" s="45"/>
+      <c r="N38" s="45"/>
+      <c r="O38" s="45"/>
+      <c r="P38" s="44"/>
     </row>
     <row r="39" spans="1:16" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="70"/>
-      <c r="B39" s="76" t="s">
+      <c r="A39" s="42"/>
+      <c r="B39" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="C39" s="79"/>
-[...5 lines deleted...]
-      <c r="I39" s="78" t="s">
+      <c r="C39" s="127"/>
+      <c r="D39" s="127"/>
+      <c r="E39" s="127"/>
+      <c r="F39" s="127"/>
+      <c r="G39" s="45"/>
+      <c r="H39" s="45"/>
+      <c r="I39" s="48" t="s">
         <v>17</v>
       </c>
-      <c r="J39" s="79"/>
-[...5 lines deleted...]
-      <c r="P39" s="73"/>
+      <c r="J39" s="127"/>
+      <c r="K39" s="127"/>
+      <c r="L39" s="127"/>
+      <c r="M39" s="49"/>
+      <c r="N39" s="45"/>
+      <c r="O39" s="45"/>
+      <c r="P39" s="44"/>
     </row>
     <row r="40" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A40" s="70"/>
-[...1 lines deleted...]
-      <c r="C40" s="104" t="s">
+      <c r="A40" s="42"/>
+      <c r="B40" s="45"/>
+      <c r="C40" s="128" t="s">
         <v>7</v>
       </c>
-      <c r="D40" s="104"/>
-[...11 lines deleted...]
-      <c r="P40" s="73"/>
+      <c r="D40" s="128"/>
+      <c r="E40" s="128"/>
+      <c r="F40" s="128"/>
+      <c r="G40" s="45"/>
+      <c r="H40" s="45"/>
+      <c r="I40" s="45"/>
+      <c r="J40" s="45"/>
+      <c r="K40" s="45"/>
+      <c r="L40" s="45"/>
+      <c r="M40" s="45"/>
+      <c r="N40" s="45"/>
+      <c r="O40" s="45"/>
+      <c r="P40" s="44"/>
     </row>
     <row r="41" spans="1:16" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="70"/>
-      <c r="B41" s="76" t="s">
+      <c r="A41" s="42"/>
+      <c r="B41" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="C41" s="79"/>
-[...5 lines deleted...]
-      <c r="I41" s="78" t="s">
+      <c r="C41" s="127"/>
+      <c r="D41" s="127"/>
+      <c r="E41" s="127"/>
+      <c r="F41" s="127"/>
+      <c r="G41" s="45"/>
+      <c r="H41" s="45"/>
+      <c r="I41" s="48" t="s">
         <v>17</v>
       </c>
-      <c r="J41" s="79"/>
-[...5 lines deleted...]
-      <c r="P41" s="73"/>
+      <c r="J41" s="127"/>
+      <c r="K41" s="127"/>
+      <c r="L41" s="127"/>
+      <c r="M41" s="49"/>
+      <c r="N41" s="45"/>
+      <c r="O41" s="45"/>
+      <c r="P41" s="44"/>
     </row>
     <row r="42" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A42" s="70"/>
-[...1 lines deleted...]
-      <c r="C42" s="104" t="s">
+      <c r="A42" s="42"/>
+      <c r="B42" s="45"/>
+      <c r="C42" s="128" t="s">
         <v>8</v>
       </c>
-      <c r="D42" s="104"/>
-[...11 lines deleted...]
-      <c r="P42" s="73"/>
+      <c r="D42" s="128"/>
+      <c r="E42" s="128"/>
+      <c r="F42" s="128"/>
+      <c r="G42" s="45"/>
+      <c r="H42" s="45"/>
+      <c r="I42" s="45"/>
+      <c r="J42" s="45"/>
+      <c r="K42" s="45"/>
+      <c r="L42" s="45"/>
+      <c r="M42" s="45"/>
+      <c r="N42" s="45"/>
+      <c r="O42" s="45"/>
+      <c r="P42" s="44"/>
     </row>
     <row r="43" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A43" s="70"/>
-      <c r="B43" s="105" t="s">
+      <c r="A43" s="42"/>
+      <c r="B43" s="65" t="s">
         <v>52</v>
       </c>
-      <c r="C43" s="105"/>
-[...12 lines deleted...]
-      <c r="P43" s="73"/>
+      <c r="C43" s="65"/>
+      <c r="D43" s="65"/>
+      <c r="E43" s="45"/>
+      <c r="F43" s="45"/>
+      <c r="G43" s="45"/>
+      <c r="H43" s="45"/>
+      <c r="I43" s="45"/>
+      <c r="J43" s="45"/>
+      <c r="K43" s="45"/>
+      <c r="L43" s="45"/>
+      <c r="M43" s="45"/>
+      <c r="N43" s="45"/>
+      <c r="O43" s="45"/>
+      <c r="P43" s="44"/>
     </row>
     <row r="44" spans="1:16" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="70"/>
-      <c r="B44" s="76" t="s">
+      <c r="A44" s="42"/>
+      <c r="B44" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C44" s="79"/>
-[...5 lines deleted...]
-      <c r="I44" s="78" t="s">
+      <c r="C44" s="127"/>
+      <c r="D44" s="127"/>
+      <c r="E44" s="127"/>
+      <c r="F44" s="127"/>
+      <c r="G44" s="45"/>
+      <c r="H44" s="45"/>
+      <c r="I44" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="J44" s="106"/>
-[...5 lines deleted...]
-      <c r="P44" s="73"/>
+      <c r="J44" s="129"/>
+      <c r="K44" s="129"/>
+      <c r="L44" s="129"/>
+      <c r="M44" s="129"/>
+      <c r="N44" s="129"/>
+      <c r="O44" s="45"/>
+      <c r="P44" s="44"/>
     </row>
     <row r="45" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A45" s="70"/>
-[...14 lines deleted...]
-      <c r="P45" s="73"/>
+      <c r="A45" s="42"/>
+      <c r="B45" s="45"/>
+      <c r="C45" s="45"/>
+      <c r="D45" s="45"/>
+      <c r="E45" s="45"/>
+      <c r="F45" s="45"/>
+      <c r="G45" s="45"/>
+      <c r="H45" s="45"/>
+      <c r="I45" s="45"/>
+      <c r="J45" s="66"/>
+      <c r="K45" s="66"/>
+      <c r="L45" s="66"/>
+      <c r="M45" s="66"/>
+      <c r="N45" s="66"/>
+      <c r="O45" s="45"/>
+      <c r="P45" s="44"/>
     </row>
     <row r="46" spans="1:16" ht="15" x14ac:dyDescent="0.25">
-      <c r="A46" s="70"/>
-      <c r="B46" s="76" t="s">
+      <c r="A46" s="42"/>
+      <c r="B46" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C46" s="79"/>
-[...5 lines deleted...]
-      <c r="I46" s="78" t="s">
+      <c r="C46" s="127"/>
+      <c r="D46" s="127"/>
+      <c r="E46" s="127"/>
+      <c r="F46" s="127"/>
+      <c r="G46" s="45"/>
+      <c r="H46" s="45"/>
+      <c r="I46" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="J46" s="106"/>
-[...5 lines deleted...]
-      <c r="P46" s="73"/>
+      <c r="J46" s="129"/>
+      <c r="K46" s="129"/>
+      <c r="L46" s="129"/>
+      <c r="M46" s="129"/>
+      <c r="N46" s="129"/>
+      <c r="O46" s="45"/>
+      <c r="P46" s="44"/>
     </row>
     <row r="47" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A47" s="70"/>
-[...14 lines deleted...]
-      <c r="P47" s="73"/>
+      <c r="A47" s="42"/>
+      <c r="B47" s="45"/>
+      <c r="C47" s="45"/>
+      <c r="D47" s="45"/>
+      <c r="E47" s="45"/>
+      <c r="F47" s="45"/>
+      <c r="G47" s="45"/>
+      <c r="H47" s="45"/>
+      <c r="I47" s="45"/>
+      <c r="J47" s="66"/>
+      <c r="K47" s="66"/>
+      <c r="L47" s="66"/>
+      <c r="M47" s="66"/>
+      <c r="N47" s="66"/>
+      <c r="O47" s="45"/>
+      <c r="P47" s="44"/>
     </row>
     <row r="48" spans="1:16" ht="15" x14ac:dyDescent="0.25">
-      <c r="A48" s="70"/>
-      <c r="B48" s="76" t="s">
+      <c r="A48" s="42"/>
+      <c r="B48" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C48" s="79"/>
-[...5 lines deleted...]
-      <c r="I48" s="78" t="s">
+      <c r="C48" s="127"/>
+      <c r="D48" s="127"/>
+      <c r="E48" s="127"/>
+      <c r="F48" s="127"/>
+      <c r="G48" s="45"/>
+      <c r="H48" s="45"/>
+      <c r="I48" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="J48" s="106"/>
-[...5 lines deleted...]
-      <c r="P48" s="73"/>
+      <c r="J48" s="129"/>
+      <c r="K48" s="129"/>
+      <c r="L48" s="129"/>
+      <c r="M48" s="129"/>
+      <c r="N48" s="129"/>
+      <c r="O48" s="45"/>
+      <c r="P48" s="44"/>
     </row>
     <row r="49" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A49" s="70"/>
-[...14 lines deleted...]
-      <c r="P49" s="73"/>
+      <c r="A49" s="42"/>
+      <c r="B49" s="45"/>
+      <c r="C49" s="45"/>
+      <c r="D49" s="45"/>
+      <c r="E49" s="45"/>
+      <c r="F49" s="45"/>
+      <c r="G49" s="45"/>
+      <c r="H49" s="45"/>
+      <c r="I49" s="45"/>
+      <c r="J49" s="45"/>
+      <c r="K49" s="45"/>
+      <c r="L49" s="45"/>
+      <c r="M49" s="45"/>
+      <c r="N49" s="45"/>
+      <c r="O49" s="45"/>
+      <c r="P49" s="44"/>
     </row>
     <row r="50" spans="1:18" ht="15" x14ac:dyDescent="0.25">
-      <c r="A50" s="70"/>
-[...7 lines deleted...]
-      <c r="I50" s="108" t="s">
+      <c r="A50" s="42"/>
+      <c r="B50" s="45"/>
+      <c r="C50" s="45"/>
+      <c r="D50" s="45"/>
+      <c r="E50" s="45"/>
+      <c r="F50" s="45"/>
+      <c r="G50" s="45"/>
+      <c r="H50" s="45"/>
+      <c r="I50" s="67" t="s">
         <v>16</v>
       </c>
-      <c r="J50" s="79"/>
-[...5 lines deleted...]
-      <c r="P50" s="73"/>
+      <c r="J50" s="127"/>
+      <c r="K50" s="127"/>
+      <c r="L50" s="127"/>
+      <c r="M50" s="127"/>
+      <c r="N50" s="127"/>
+      <c r="O50" s="45"/>
+      <c r="P50" s="44"/>
     </row>
     <row r="51" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A51" s="109"/>
-[...15 lines deleted...]
-      <c r="R51" s="62"/>
+      <c r="A51" s="68"/>
+      <c r="B51" s="69"/>
+      <c r="C51" s="69"/>
+      <c r="D51" s="69"/>
+      <c r="E51" s="69"/>
+      <c r="F51" s="69"/>
+      <c r="G51" s="69"/>
+      <c r="H51" s="69"/>
+      <c r="I51" s="69"/>
+      <c r="J51" s="69"/>
+      <c r="K51" s="69"/>
+      <c r="L51" s="69"/>
+      <c r="M51" s="69"/>
+      <c r="N51" s="69"/>
+      <c r="O51" s="69"/>
+      <c r="P51" s="70"/>
+      <c r="R51" s="34"/>
     </row>
     <row r="52" spans="1:18" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A52" s="112"/>
-[...14 lines deleted...]
-      <c r="P52" s="112"/>
+      <c r="A52" s="125"/>
+      <c r="B52" s="125"/>
+      <c r="C52" s="125"/>
+      <c r="D52" s="125"/>
+      <c r="E52" s="125"/>
+      <c r="F52" s="125"/>
+      <c r="G52" s="125"/>
+      <c r="H52" s="125"/>
+      <c r="I52" s="125"/>
+      <c r="J52" s="125"/>
+      <c r="K52" s="125"/>
+      <c r="L52" s="125"/>
+      <c r="M52" s="125"/>
+      <c r="N52" s="125"/>
+      <c r="O52" s="125"/>
+      <c r="P52" s="125"/>
     </row>
     <row r="54" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B54" s="113"/>
-[...3 lines deleted...]
-      <c r="F54" s="113"/>
+      <c r="B54" s="126"/>
+      <c r="C54" s="126"/>
+      <c r="D54" s="126"/>
+      <c r="E54" s="126"/>
+      <c r="F54" s="126"/>
     </row>
     <row r="55" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="114"/>
-[...12 lines deleted...]
-      <c r="N55" s="115"/>
+      <c r="A55" s="71"/>
+      <c r="B55" s="123"/>
+      <c r="C55" s="123"/>
+      <c r="D55" s="123"/>
+      <c r="E55" s="123"/>
+      <c r="F55" s="123"/>
+      <c r="G55" s="123"/>
+      <c r="H55" s="123"/>
+      <c r="I55" s="123"/>
+      <c r="J55" s="123"/>
+      <c r="K55" s="123"/>
+      <c r="L55" s="123"/>
+      <c r="M55" s="123"/>
+      <c r="N55" s="123"/>
     </row>
     <row r="56" spans="1:18" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="114"/>
-[...12 lines deleted...]
-      <c r="N56" s="115"/>
+      <c r="A56" s="71"/>
+      <c r="B56" s="123"/>
+      <c r="C56" s="123"/>
+      <c r="D56" s="123"/>
+      <c r="E56" s="123"/>
+      <c r="F56" s="123"/>
+      <c r="G56" s="123"/>
+      <c r="H56" s="123"/>
+      <c r="I56" s="123"/>
+      <c r="J56" s="123"/>
+      <c r="K56" s="123"/>
+      <c r="L56" s="123"/>
+      <c r="M56" s="123"/>
+      <c r="N56" s="123"/>
     </row>
     <row r="57" spans="1:18" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="114"/>
-[...12 lines deleted...]
-      <c r="N57" s="115"/>
+      <c r="A57" s="71"/>
+      <c r="B57" s="123"/>
+      <c r="C57" s="123"/>
+      <c r="D57" s="123"/>
+      <c r="E57" s="123"/>
+      <c r="F57" s="123"/>
+      <c r="G57" s="123"/>
+      <c r="H57" s="123"/>
+      <c r="I57" s="123"/>
+      <c r="J57" s="123"/>
+      <c r="K57" s="123"/>
+      <c r="L57" s="123"/>
+      <c r="M57" s="123"/>
+      <c r="N57" s="123"/>
     </row>
     <row r="58" spans="1:18" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="114"/>
-[...12 lines deleted...]
-      <c r="N58" s="115"/>
+      <c r="A58" s="71"/>
+      <c r="B58" s="123"/>
+      <c r="C58" s="123"/>
+      <c r="D58" s="123"/>
+      <c r="E58" s="123"/>
+      <c r="F58" s="123"/>
+      <c r="G58" s="123"/>
+      <c r="H58" s="123"/>
+      <c r="I58" s="123"/>
+      <c r="J58" s="123"/>
+      <c r="K58" s="123"/>
+      <c r="L58" s="123"/>
+      <c r="M58" s="123"/>
+      <c r="N58" s="123"/>
     </row>
     <row r="59" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="114"/>
-[...12 lines deleted...]
-      <c r="N59" s="116"/>
+      <c r="A59" s="71"/>
+      <c r="B59" s="124"/>
+      <c r="C59" s="124"/>
+      <c r="D59" s="124"/>
+      <c r="E59" s="124"/>
+      <c r="F59" s="124"/>
+      <c r="G59" s="124"/>
+      <c r="H59" s="124"/>
+      <c r="I59" s="124"/>
+      <c r="J59" s="124"/>
+      <c r="K59" s="124"/>
+      <c r="L59" s="124"/>
+      <c r="M59" s="124"/>
+      <c r="N59" s="124"/>
     </row>
     <row r="60" spans="1:18" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="114"/>
-[...12 lines deleted...]
-      <c r="N60" s="115"/>
+      <c r="A60" s="71"/>
+      <c r="B60" s="123"/>
+      <c r="C60" s="123"/>
+      <c r="D60" s="123"/>
+      <c r="E60" s="123"/>
+      <c r="F60" s="123"/>
+      <c r="G60" s="123"/>
+      <c r="H60" s="123"/>
+      <c r="I60" s="123"/>
+      <c r="J60" s="123"/>
+      <c r="K60" s="123"/>
+      <c r="L60" s="123"/>
+      <c r="M60" s="123"/>
+      <c r="N60" s="123"/>
     </row>
     <row r="61" spans="1:18" ht="42" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="114"/>
-[...12 lines deleted...]
-      <c r="N61" s="115"/>
+      <c r="A61" s="71"/>
+      <c r="B61" s="123"/>
+      <c r="C61" s="123"/>
+      <c r="D61" s="123"/>
+      <c r="E61" s="123"/>
+      <c r="F61" s="123"/>
+      <c r="G61" s="123"/>
+      <c r="H61" s="123"/>
+      <c r="I61" s="123"/>
+      <c r="J61" s="123"/>
+      <c r="K61" s="123"/>
+      <c r="L61" s="123"/>
+      <c r="M61" s="123"/>
+      <c r="N61" s="123"/>
     </row>
     <row r="62" spans="1:18" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="114"/>
-[...12 lines deleted...]
-      <c r="N62" s="115"/>
+      <c r="A62" s="71"/>
+      <c r="B62" s="123"/>
+      <c r="C62" s="123"/>
+      <c r="D62" s="123"/>
+      <c r="E62" s="123"/>
+      <c r="F62" s="123"/>
+      <c r="G62" s="123"/>
+      <c r="H62" s="123"/>
+      <c r="I62" s="123"/>
+      <c r="J62" s="123"/>
+      <c r="K62" s="123"/>
+      <c r="L62" s="123"/>
+      <c r="M62" s="123"/>
+      <c r="N62" s="123"/>
     </row>
     <row r="63" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="117"/>
-[...12 lines deleted...]
-      <c r="N63" s="118"/>
+      <c r="A63" s="72"/>
+      <c r="B63" s="122"/>
+      <c r="C63" s="122"/>
+      <c r="D63" s="122"/>
+      <c r="E63" s="122"/>
+      <c r="F63" s="122"/>
+      <c r="G63" s="122"/>
+      <c r="H63" s="122"/>
+      <c r="I63" s="122"/>
+      <c r="J63" s="122"/>
+      <c r="K63" s="122"/>
+      <c r="L63" s="122"/>
+      <c r="M63" s="122"/>
+      <c r="N63" s="122"/>
     </row>
     <row r="64" spans="1:18" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="114"/>
-[...12 lines deleted...]
-      <c r="N64" s="115"/>
+      <c r="A64" s="71"/>
+      <c r="B64" s="123"/>
+      <c r="C64" s="123"/>
+      <c r="D64" s="123"/>
+      <c r="E64" s="123"/>
+      <c r="F64" s="123"/>
+      <c r="G64" s="123"/>
+      <c r="H64" s="123"/>
+      <c r="I64" s="123"/>
+      <c r="J64" s="123"/>
+      <c r="K64" s="123"/>
+      <c r="L64" s="123"/>
+      <c r="M64" s="123"/>
+      <c r="N64" s="123"/>
     </row>
     <row r="65" spans="1:14" ht="62.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="114"/>
-[...12 lines deleted...]
-      <c r="N65" s="115"/>
+      <c r="A65" s="71"/>
+      <c r="B65" s="123"/>
+      <c r="C65" s="123"/>
+      <c r="D65" s="123"/>
+      <c r="E65" s="123"/>
+      <c r="F65" s="123"/>
+      <c r="G65" s="123"/>
+      <c r="H65" s="123"/>
+      <c r="I65" s="123"/>
+      <c r="J65" s="123"/>
+      <c r="K65" s="123"/>
+      <c r="L65" s="123"/>
+      <c r="M65" s="123"/>
+      <c r="N65" s="123"/>
     </row>
     <row r="66" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="114"/>
-[...12 lines deleted...]
-      <c r="N66" s="115"/>
+      <c r="A66" s="71"/>
+      <c r="B66" s="123"/>
+      <c r="C66" s="123"/>
+      <c r="D66" s="123"/>
+      <c r="E66" s="123"/>
+      <c r="F66" s="123"/>
+      <c r="G66" s="123"/>
+      <c r="H66" s="123"/>
+      <c r="I66" s="123"/>
+      <c r="J66" s="123"/>
+      <c r="K66" s="123"/>
+      <c r="L66" s="123"/>
+      <c r="M66" s="123"/>
+      <c r="N66" s="123"/>
     </row>
     <row r="67" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="114"/>
-[...12 lines deleted...]
-      <c r="N67" s="115"/>
+      <c r="A67" s="71"/>
+      <c r="B67" s="123"/>
+      <c r="C67" s="123"/>
+      <c r="D67" s="123"/>
+      <c r="E67" s="123"/>
+      <c r="F67" s="123"/>
+      <c r="G67" s="123"/>
+      <c r="H67" s="123"/>
+      <c r="I67" s="123"/>
+      <c r="J67" s="123"/>
+      <c r="K67" s="123"/>
+      <c r="L67" s="123"/>
+      <c r="M67" s="123"/>
+      <c r="N67" s="123"/>
     </row>
     <row r="68" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="119"/>
-[...12 lines deleted...]
-      <c r="N68" s="115"/>
+      <c r="A68" s="73"/>
+      <c r="B68" s="123"/>
+      <c r="C68" s="123"/>
+      <c r="D68" s="123"/>
+      <c r="E68" s="123"/>
+      <c r="F68" s="123"/>
+      <c r="G68" s="123"/>
+      <c r="H68" s="123"/>
+      <c r="I68" s="123"/>
+      <c r="J68" s="123"/>
+      <c r="K68" s="123"/>
+      <c r="L68" s="123"/>
+      <c r="M68" s="123"/>
+      <c r="N68" s="123"/>
     </row>
     <row r="69" spans="1:14" ht="100.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="119"/>
-[...12 lines deleted...]
-      <c r="N69" s="115"/>
+      <c r="A69" s="73"/>
+      <c r="B69" s="123"/>
+      <c r="C69" s="123"/>
+      <c r="D69" s="123"/>
+      <c r="E69" s="123"/>
+      <c r="F69" s="123"/>
+      <c r="G69" s="123"/>
+      <c r="H69" s="123"/>
+      <c r="I69" s="123"/>
+      <c r="J69" s="123"/>
+      <c r="K69" s="123"/>
+      <c r="L69" s="123"/>
+      <c r="M69" s="123"/>
+      <c r="N69" s="123"/>
     </row>
     <row r="70" spans="1:14" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="114"/>
-[...12 lines deleted...]
-      <c r="N70" s="115"/>
+      <c r="A70" s="71"/>
+      <c r="B70" s="123"/>
+      <c r="C70" s="123"/>
+      <c r="D70" s="123"/>
+      <c r="E70" s="123"/>
+      <c r="F70" s="123"/>
+      <c r="G70" s="123"/>
+      <c r="H70" s="123"/>
+      <c r="I70" s="123"/>
+      <c r="J70" s="123"/>
+      <c r="K70" s="123"/>
+      <c r="L70" s="123"/>
+      <c r="M70" s="123"/>
+      <c r="N70" s="123"/>
     </row>
     <row r="71" spans="1:14" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="114"/>
-[...12 lines deleted...]
-      <c r="N71" s="115"/>
+      <c r="A71" s="71"/>
+      <c r="B71" s="123"/>
+      <c r="C71" s="123"/>
+      <c r="D71" s="123"/>
+      <c r="E71" s="123"/>
+      <c r="F71" s="123"/>
+      <c r="G71" s="123"/>
+      <c r="H71" s="123"/>
+      <c r="I71" s="123"/>
+      <c r="J71" s="123"/>
+      <c r="K71" s="123"/>
+      <c r="L71" s="123"/>
+      <c r="M71" s="123"/>
+      <c r="N71" s="123"/>
     </row>
     <row r="72" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="114"/>
-[...12 lines deleted...]
-      <c r="N72" s="115"/>
+      <c r="A72" s="71"/>
+      <c r="B72" s="123"/>
+      <c r="C72" s="123"/>
+      <c r="D72" s="123"/>
+      <c r="E72" s="123"/>
+      <c r="F72" s="123"/>
+      <c r="G72" s="123"/>
+      <c r="H72" s="123"/>
+      <c r="I72" s="123"/>
+      <c r="J72" s="123"/>
+      <c r="K72" s="123"/>
+      <c r="L72" s="123"/>
+      <c r="M72" s="123"/>
+      <c r="N72" s="123"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="zzOMO1Xx3o4A/+0bArAnWjFqaJm9jO6O7vFOsKDT2rPyM2EPNKjAB9TnRtEU6YC3MiYLmlzH8ZGEIysAYz1WFw==" saltValue="8Ru77hgnoUKflZQxZTr5Aw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="90">
-    <mergeCell ref="B63:N63"/>
-[...72 lines deleted...]
-    <mergeCell ref="AD4:AH4"/>
     <mergeCell ref="I13:L13"/>
     <mergeCell ref="I11:L11"/>
     <mergeCell ref="I12:L12"/>
     <mergeCell ref="X1:AC2"/>
     <mergeCell ref="K1:P1"/>
     <mergeCell ref="K2:P2"/>
     <mergeCell ref="K3:P3"/>
     <mergeCell ref="K4:P4"/>
     <mergeCell ref="A9:P9"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="K6:P6"/>
     <mergeCell ref="K5:P5"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="E2:I2"/>
     <mergeCell ref="E3:I3"/>
     <mergeCell ref="E4:I4"/>
+    <mergeCell ref="AD1:AH1"/>
+    <mergeCell ref="AD2:AH2"/>
+    <mergeCell ref="X3:AC4"/>
+    <mergeCell ref="AD3:AH3"/>
+    <mergeCell ref="AD4:AH4"/>
+    <mergeCell ref="E5:I5"/>
+    <mergeCell ref="E6:I6"/>
+    <mergeCell ref="A3:C3"/>
+    <mergeCell ref="A5:C5"/>
+    <mergeCell ref="A6:C6"/>
+    <mergeCell ref="D12:F12"/>
+    <mergeCell ref="D13:F13"/>
+    <mergeCell ref="D14:F14"/>
+    <mergeCell ref="D15:F15"/>
+    <mergeCell ref="D16:F16"/>
+    <mergeCell ref="I14:L14"/>
+    <mergeCell ref="I15:L15"/>
+    <mergeCell ref="I16:L16"/>
+    <mergeCell ref="I17:L17"/>
+    <mergeCell ref="C33:F33"/>
+    <mergeCell ref="D17:F17"/>
+    <mergeCell ref="I19:L19"/>
+    <mergeCell ref="I20:L20"/>
+    <mergeCell ref="I21:L21"/>
+    <mergeCell ref="C34:F34"/>
+    <mergeCell ref="J34:L34"/>
+    <mergeCell ref="J33:L33"/>
+    <mergeCell ref="D18:F18"/>
+    <mergeCell ref="D19:F19"/>
+    <mergeCell ref="J30:L30"/>
+    <mergeCell ref="C30:F30"/>
+    <mergeCell ref="B27:N27"/>
+    <mergeCell ref="D20:F20"/>
+    <mergeCell ref="D21:F21"/>
+    <mergeCell ref="I18:L18"/>
+    <mergeCell ref="I35:L35"/>
+    <mergeCell ref="I36:L36"/>
+    <mergeCell ref="J48:N48"/>
+    <mergeCell ref="C39:F39"/>
+    <mergeCell ref="C46:F46"/>
+    <mergeCell ref="E37:F38"/>
+    <mergeCell ref="C41:F41"/>
+    <mergeCell ref="C35:F35"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="J50:N50"/>
+    <mergeCell ref="J39:L39"/>
+    <mergeCell ref="J41:L41"/>
+    <mergeCell ref="C40:F40"/>
+    <mergeCell ref="C42:F42"/>
+    <mergeCell ref="C48:F48"/>
+    <mergeCell ref="J44:N44"/>
+    <mergeCell ref="J46:N46"/>
+    <mergeCell ref="C44:F44"/>
+    <mergeCell ref="B58:N58"/>
+    <mergeCell ref="B60:N60"/>
+    <mergeCell ref="B61:N61"/>
+    <mergeCell ref="A52:P52"/>
+    <mergeCell ref="B54:F54"/>
+    <mergeCell ref="B55:N55"/>
+    <mergeCell ref="B56:N56"/>
+    <mergeCell ref="B57:N57"/>
+    <mergeCell ref="B63:N63"/>
+    <mergeCell ref="B72:N72"/>
+    <mergeCell ref="B59:N59"/>
+    <mergeCell ref="B67:N67"/>
+    <mergeCell ref="B68:N68"/>
+    <mergeCell ref="B69:N69"/>
+    <mergeCell ref="B70:N70"/>
+    <mergeCell ref="B71:N71"/>
+    <mergeCell ref="B62:N62"/>
+    <mergeCell ref="B64:N64"/>
+    <mergeCell ref="B65:N65"/>
+    <mergeCell ref="B66:N66"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showErrorMessage="1" errorTitle="Text Length Error:" error="Please limit your desciption to 45 characters." sqref="D13:F21 I13:I21" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>45</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.44" right="0.27" top="0.35" bottom="0.53" header="0.26" footer="0.24"/>
   <pageSetup scale="80" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Bold"&amp;12-- Blue Ink Only --&amp;R&amp;8revised: 1/5/2023</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="51" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:W451"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="80" workbookViewId="0">
       <selection activeCell="D20" sqref="D20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="15" customWidth="1"/>
     <col min="2" max="2" width="12.28515625" style="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="25.5703125" style="15" customWidth="1"/>
     <col min="4" max="4" width="25.42578125" style="15" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" style="15" customWidth="1"/>
     <col min="6" max="6" width="6.5703125" style="15" customWidth="1"/>
     <col min="7" max="8" width="10.7109375" style="15" customWidth="1"/>
     <col min="9" max="9" width="11.85546875" style="15" customWidth="1"/>
-    <col min="10" max="16384" width="9.140625" style="122"/>
+    <col min="10" max="16384" width="9.140625" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="120" t="s">
+      <c r="A1" s="170" t="s">
         <v>103</v>
       </c>
-      <c r="B1" s="121"/>
-[...6 lines deleted...]
-      <c r="I1" s="121"/>
+      <c r="B1" s="171"/>
+      <c r="C1" s="171"/>
+      <c r="D1" s="171"/>
+      <c r="E1" s="171"/>
+      <c r="F1" s="171"/>
+      <c r="G1" s="171"/>
+      <c r="H1" s="171"/>
+      <c r="I1" s="171"/>
     </row>
     <row r="2" spans="1:23" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="123" t="s">
+      <c r="B2" s="182" t="s">
         <v>104</v>
       </c>
-      <c r="C2" s="123"/>
-[...9 lines deleted...]
-      <c r="B3" s="124" t="s">
+      <c r="C2" s="182"/>
+      <c r="D2" s="182"/>
+      <c r="E2" s="182"/>
+      <c r="F2" s="182"/>
+      <c r="G2" s="182"/>
+      <c r="H2" s="182"/>
+      <c r="I2" s="182"/>
+    </row>
+    <row r="3" spans="1:23" s="76" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="19"/>
+      <c r="B3" s="172" t="s">
         <v>105</v>
       </c>
-      <c r="C3" s="125"/>
-[...1 lines deleted...]
-      <c r="E3" s="126" t="s">
+      <c r="C3" s="173"/>
+      <c r="D3" s="173"/>
+      <c r="E3" s="176" t="s">
         <v>78</v>
       </c>
-      <c r="F3" s="127"/>
-[...6 lines deleted...]
-      <c r="W3" s="130" t="s">
+      <c r="F3" s="177"/>
+      <c r="G3" s="181"/>
+      <c r="H3" s="181"/>
+      <c r="I3" s="181"/>
+      <c r="J3" s="75"/>
+      <c r="K3" s="75"/>
+      <c r="L3" s="75"/>
+      <c r="W3" s="76" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:23" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="125"/>
-[...2 lines deleted...]
-      <c r="E4" s="131" t="s">
+      <c r="B4" s="173"/>
+      <c r="C4" s="173"/>
+      <c r="D4" s="173"/>
+      <c r="E4" s="178" t="s">
         <v>79</v>
       </c>
-      <c r="F4" s="132"/>
-[...6 lines deleted...]
-      <c r="W4" s="122" t="s">
+      <c r="F4" s="179"/>
+      <c r="G4" s="77"/>
+      <c r="H4" s="34"/>
+      <c r="I4" s="78"/>
+      <c r="J4" s="79"/>
+      <c r="K4" s="79"/>
+      <c r="L4" s="79"/>
+      <c r="W4" s="74" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:23" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="125"/>
-[...9 lines deleted...]
-      <c r="L5" s="135"/>
+      <c r="B5" s="173"/>
+      <c r="C5" s="173"/>
+      <c r="D5" s="173"/>
+      <c r="E5" s="180"/>
+      <c r="F5" s="179"/>
+      <c r="G5" s="80"/>
+      <c r="H5" s="34"/>
+      <c r="I5" s="81"/>
+      <c r="J5" s="79"/>
+      <c r="K5" s="79"/>
+      <c r="L5" s="79"/>
     </row>
     <row r="6" spans="1:23" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="125"/>
-[...6 lines deleted...]
-      <c r="I6" s="134"/>
+      <c r="B6" s="173"/>
+      <c r="C6" s="173"/>
+      <c r="D6" s="173"/>
+      <c r="E6" s="78"/>
+      <c r="F6" s="78"/>
+      <c r="G6" s="78"/>
+      <c r="H6" s="78"/>
+      <c r="I6" s="78"/>
     </row>
     <row r="7" spans="1:23" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="125"/>
-[...2 lines deleted...]
-      <c r="E7" s="139" t="s">
+      <c r="B7" s="173"/>
+      <c r="C7" s="173"/>
+      <c r="D7" s="173"/>
+      <c r="E7" s="174" t="s">
         <v>31</v>
       </c>
-      <c r="F7" s="139"/>
-[...2 lines deleted...]
-      <c r="I7" s="140">
+      <c r="F7" s="174"/>
+      <c r="G7" s="174"/>
+      <c r="H7" s="174"/>
+      <c r="I7" s="82">
         <f>SUM(I17:I451)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="B8" s="125"/>
-[...5 lines deleted...]
-      <c r="I8" s="134"/>
+      <c r="B8" s="173"/>
+      <c r="C8" s="173"/>
+      <c r="D8" s="173"/>
+      <c r="F8" s="78"/>
+      <c r="G8" s="78"/>
+      <c r="H8" s="78"/>
+      <c r="I8" s="78"/>
     </row>
     <row r="9" spans="1:23" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="125"/>
-[...2 lines deleted...]
-      <c r="F9" s="139" t="s">
+      <c r="B9" s="173"/>
+      <c r="C9" s="173"/>
+      <c r="D9" s="173"/>
+      <c r="F9" s="174" t="s">
         <v>33</v>
       </c>
-      <c r="G9" s="139"/>
-[...1 lines deleted...]
-      <c r="I9" s="141">
+      <c r="G9" s="174"/>
+      <c r="H9" s="174"/>
+      <c r="I9" s="83">
         <v>0.7</v>
       </c>
-      <c r="M9" s="135"/>
+      <c r="M9" s="79"/>
     </row>
     <row r="10" spans="1:23" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="125"/>
-[...6 lines deleted...]
-      <c r="M10" s="135"/>
+      <c r="B10" s="173"/>
+      <c r="C10" s="173"/>
+      <c r="D10" s="173"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="78"/>
+      <c r="I10" s="78"/>
+      <c r="M10" s="79"/>
     </row>
     <row r="11" spans="1:23" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="142"/>
-      <c r="C11" s="143" t="s">
+      <c r="B11" s="84"/>
+      <c r="C11" s="168" t="s">
         <v>83</v>
       </c>
-      <c r="D11" s="143"/>
-[...4 lines deleted...]
-      <c r="I11" s="145">
+      <c r="D11" s="168"/>
+      <c r="E11" s="78"/>
+      <c r="F11" s="175"/>
+      <c r="G11" s="175"/>
+      <c r="H11" s="175"/>
+      <c r="I11" s="85">
         <f>ROUND(I7*I9,2)</f>
         <v>0</v>
       </c>
-      <c r="M11" s="135"/>
+      <c r="M11" s="79"/>
     </row>
     <row r="12" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C12" s="146" t="s">
+      <c r="C12" s="169" t="s">
         <v>85</v>
       </c>
-      <c r="D12" s="146"/>
+      <c r="D12" s="169"/>
     </row>
     <row r="13" spans="1:23" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C13" s="143" t="s">
+      <c r="C13" s="168" t="s">
         <v>84</v>
       </c>
-      <c r="D13" s="143"/>
+      <c r="D13" s="168"/>
     </row>
     <row r="14" spans="1:23" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C14" s="122"/>
-[...1 lines deleted...]
-      <c r="F14" s="48" t="s">
+      <c r="C14" s="74"/>
+      <c r="D14" s="74"/>
+      <c r="F14" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="G14" s="48" t="s">
+      <c r="G14" s="24" t="s">
         <v>26</v>
       </c>
-      <c r="H14" s="48" t="s">
+      <c r="H14" s="24" t="s">
         <v>28</v>
       </c>
-      <c r="I14" s="48" t="s">
+      <c r="I14" s="24" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:23" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="48"/>
-      <c r="C15" s="48" t="s">
+      <c r="B15" s="24"/>
+      <c r="C15" s="24" t="s">
         <v>38</v>
       </c>
-      <c r="D15" s="48" t="s">
+      <c r="D15" s="24" t="s">
         <v>39</v>
       </c>
-      <c r="E15" s="48" t="s">
+      <c r="E15" s="24" t="s">
         <v>25</v>
       </c>
-      <c r="F15" s="48" t="s">
+      <c r="F15" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="G15" s="48" t="s">
+      <c r="G15" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="H15" s="48" t="s">
+      <c r="H15" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="I15" s="48" t="s">
+      <c r="I15" s="24" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="B16" s="49" t="s">
+      <c r="B16" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="C16" s="49" t="s">
+      <c r="C16" s="25" t="s">
         <v>24</v>
       </c>
-      <c r="D16" s="49" t="s">
+      <c r="D16" s="25" t="s">
         <v>24</v>
       </c>
-      <c r="E16" s="49" t="s">
+      <c r="E16" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="F16" s="49" t="s">
+      <c r="F16" s="25" t="s">
         <v>35</v>
       </c>
-      <c r="G16" s="147" t="s">
+      <c r="G16" s="86" t="s">
         <v>40</v>
       </c>
-      <c r="H16" s="147" t="s">
+      <c r="H16" s="86" t="s">
         <v>40</v>
       </c>
-      <c r="I16" s="147" t="s">
+      <c r="I16" s="86" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A17" s="122"/>
+      <c r="A17" s="74"/>
     </row>
     <row r="18" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="122"/>
-[...7 lines deleted...]
-      <c r="I18" s="151">
+      <c r="A18" s="74"/>
+      <c r="B18" s="87"/>
+      <c r="C18" s="88"/>
+      <c r="D18" s="88"/>
+      <c r="E18" s="88"/>
+      <c r="F18" s="89"/>
+      <c r="G18" s="80"/>
+      <c r="H18" s="80"/>
+      <c r="I18" s="90">
         <f>G18-H18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="122"/>
-[...7 lines deleted...]
-      <c r="I19" s="151">
+      <c r="A19" s="74"/>
+      <c r="B19" s="87"/>
+      <c r="C19" s="88"/>
+      <c r="D19" s="88"/>
+      <c r="E19" s="88"/>
+      <c r="F19" s="89"/>
+      <c r="G19" s="80"/>
+      <c r="H19" s="80"/>
+      <c r="I19" s="90">
         <f t="shared" ref="I19:I82" si="0">G19-H19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="122"/>
-[...7 lines deleted...]
-      <c r="I20" s="151">
+      <c r="A20" s="74"/>
+      <c r="B20" s="87"/>
+      <c r="C20" s="88"/>
+      <c r="D20" s="88"/>
+      <c r="E20" s="88"/>
+      <c r="F20" s="89"/>
+      <c r="G20" s="80"/>
+      <c r="H20" s="80"/>
+      <c r="I20" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="122"/>
-[...7 lines deleted...]
-      <c r="I21" s="151">
+      <c r="A21" s="74"/>
+      <c r="B21" s="87"/>
+      <c r="C21" s="88"/>
+      <c r="D21" s="88"/>
+      <c r="E21" s="88"/>
+      <c r="F21" s="89"/>
+      <c r="G21" s="80"/>
+      <c r="H21" s="80"/>
+      <c r="I21" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="122"/>
-[...7 lines deleted...]
-      <c r="I22" s="151">
+      <c r="A22" s="74"/>
+      <c r="B22" s="87"/>
+      <c r="C22" s="88"/>
+      <c r="D22" s="88"/>
+      <c r="E22" s="88"/>
+      <c r="F22" s="89"/>
+      <c r="G22" s="80"/>
+      <c r="H22" s="80"/>
+      <c r="I22" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="122"/>
-[...7 lines deleted...]
-      <c r="I23" s="151">
+      <c r="A23" s="74"/>
+      <c r="B23" s="87"/>
+      <c r="C23" s="88"/>
+      <c r="D23" s="88"/>
+      <c r="E23" s="88"/>
+      <c r="F23" s="89"/>
+      <c r="G23" s="80"/>
+      <c r="H23" s="80"/>
+      <c r="I23" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="122"/>
-[...7 lines deleted...]
-      <c r="I24" s="151">
+      <c r="A24" s="74"/>
+      <c r="B24" s="87"/>
+      <c r="C24" s="88"/>
+      <c r="D24" s="88"/>
+      <c r="E24" s="88"/>
+      <c r="F24" s="89"/>
+      <c r="G24" s="80"/>
+      <c r="H24" s="80"/>
+      <c r="I24" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="122"/>
-[...7 lines deleted...]
-      <c r="I25" s="151">
+      <c r="A25" s="74"/>
+      <c r="B25" s="87"/>
+      <c r="C25" s="88"/>
+      <c r="D25" s="88"/>
+      <c r="E25" s="88"/>
+      <c r="F25" s="89"/>
+      <c r="G25" s="80"/>
+      <c r="H25" s="80"/>
+      <c r="I25" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="122"/>
-[...7 lines deleted...]
-      <c r="I26" s="151">
+      <c r="A26" s="74"/>
+      <c r="B26" s="87"/>
+      <c r="C26" s="88"/>
+      <c r="D26" s="88"/>
+      <c r="E26" s="88"/>
+      <c r="F26" s="89"/>
+      <c r="G26" s="80"/>
+      <c r="H26" s="80"/>
+      <c r="I26" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="122"/>
-[...7 lines deleted...]
-      <c r="I27" s="151">
+      <c r="A27" s="74"/>
+      <c r="B27" s="87"/>
+      <c r="C27" s="88"/>
+      <c r="D27" s="88"/>
+      <c r="E27" s="88"/>
+      <c r="F27" s="89"/>
+      <c r="G27" s="80"/>
+      <c r="H27" s="80"/>
+      <c r="I27" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="122"/>
-[...7 lines deleted...]
-      <c r="I28" s="151">
+      <c r="A28" s="74"/>
+      <c r="B28" s="87"/>
+      <c r="C28" s="88"/>
+      <c r="D28" s="88"/>
+      <c r="E28" s="88"/>
+      <c r="F28" s="89"/>
+      <c r="G28" s="80"/>
+      <c r="H28" s="80"/>
+      <c r="I28" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="122"/>
-[...7 lines deleted...]
-      <c r="I29" s="151">
+      <c r="A29" s="74"/>
+      <c r="B29" s="87"/>
+      <c r="C29" s="88"/>
+      <c r="D29" s="88"/>
+      <c r="E29" s="88"/>
+      <c r="F29" s="89"/>
+      <c r="G29" s="80"/>
+      <c r="H29" s="80"/>
+      <c r="I29" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="122"/>
-[...7 lines deleted...]
-      <c r="I30" s="151">
+      <c r="A30" s="74"/>
+      <c r="B30" s="87"/>
+      <c r="C30" s="88"/>
+      <c r="D30" s="88"/>
+      <c r="E30" s="88"/>
+      <c r="F30" s="89"/>
+      <c r="G30" s="80"/>
+      <c r="H30" s="80"/>
+      <c r="I30" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="122"/>
-[...7 lines deleted...]
-      <c r="I31" s="151">
+      <c r="A31" s="74"/>
+      <c r="B31" s="87"/>
+      <c r="C31" s="88"/>
+      <c r="D31" s="88"/>
+      <c r="E31" s="88"/>
+      <c r="F31" s="89"/>
+      <c r="G31" s="80"/>
+      <c r="H31" s="80"/>
+      <c r="I31" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="122"/>
-[...7 lines deleted...]
-      <c r="I32" s="151">
+      <c r="A32" s="74"/>
+      <c r="B32" s="87"/>
+      <c r="C32" s="88"/>
+      <c r="D32" s="88"/>
+      <c r="E32" s="88"/>
+      <c r="F32" s="89"/>
+      <c r="G32" s="80"/>
+      <c r="H32" s="80"/>
+      <c r="I32" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="122"/>
-[...7 lines deleted...]
-      <c r="I33" s="151">
+      <c r="A33" s="74"/>
+      <c r="B33" s="87"/>
+      <c r="C33" s="88"/>
+      <c r="D33" s="88"/>
+      <c r="E33" s="88"/>
+      <c r="F33" s="89"/>
+      <c r="G33" s="80"/>
+      <c r="H33" s="80"/>
+      <c r="I33" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="122"/>
-[...7 lines deleted...]
-      <c r="I34" s="151">
+      <c r="A34" s="74"/>
+      <c r="B34" s="87"/>
+      <c r="C34" s="88"/>
+      <c r="D34" s="88"/>
+      <c r="E34" s="88"/>
+      <c r="F34" s="89"/>
+      <c r="G34" s="80"/>
+      <c r="H34" s="80"/>
+      <c r="I34" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="122"/>
-[...7 lines deleted...]
-      <c r="I35" s="151">
+      <c r="A35" s="74"/>
+      <c r="B35" s="87"/>
+      <c r="C35" s="88"/>
+      <c r="D35" s="88"/>
+      <c r="E35" s="88"/>
+      <c r="F35" s="89"/>
+      <c r="G35" s="80"/>
+      <c r="H35" s="80"/>
+      <c r="I35" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="122"/>
-[...7 lines deleted...]
-      <c r="I36" s="151">
+      <c r="A36" s="74"/>
+      <c r="B36" s="87"/>
+      <c r="C36" s="88"/>
+      <c r="D36" s="88"/>
+      <c r="E36" s="88"/>
+      <c r="F36" s="89"/>
+      <c r="G36" s="80"/>
+      <c r="H36" s="80"/>
+      <c r="I36" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="122"/>
-[...7 lines deleted...]
-      <c r="I37" s="151">
+      <c r="A37" s="74"/>
+      <c r="B37" s="87"/>
+      <c r="C37" s="88"/>
+      <c r="D37" s="88"/>
+      <c r="E37" s="88"/>
+      <c r="F37" s="89"/>
+      <c r="G37" s="80"/>
+      <c r="H37" s="80"/>
+      <c r="I37" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="122"/>
-[...7 lines deleted...]
-      <c r="I38" s="151">
+      <c r="A38" s="74"/>
+      <c r="B38" s="87"/>
+      <c r="C38" s="88"/>
+      <c r="D38" s="88"/>
+      <c r="E38" s="88"/>
+      <c r="F38" s="89"/>
+      <c r="G38" s="80"/>
+      <c r="H38" s="80"/>
+      <c r="I38" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="122"/>
-[...7 lines deleted...]
-      <c r="I39" s="151">
+      <c r="A39" s="74"/>
+      <c r="B39" s="87"/>
+      <c r="C39" s="88"/>
+      <c r="D39" s="88"/>
+      <c r="E39" s="88"/>
+      <c r="F39" s="89"/>
+      <c r="G39" s="80"/>
+      <c r="H39" s="80"/>
+      <c r="I39" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="122"/>
-[...7 lines deleted...]
-      <c r="I40" s="151">
+      <c r="A40" s="74"/>
+      <c r="B40" s="87"/>
+      <c r="C40" s="88"/>
+      <c r="D40" s="88"/>
+      <c r="E40" s="88"/>
+      <c r="F40" s="89"/>
+      <c r="G40" s="80"/>
+      <c r="H40" s="80"/>
+      <c r="I40" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="122"/>
-[...7 lines deleted...]
-      <c r="I41" s="151">
+      <c r="A41" s="74"/>
+      <c r="B41" s="87"/>
+      <c r="C41" s="88"/>
+      <c r="D41" s="88"/>
+      <c r="E41" s="88"/>
+      <c r="F41" s="89"/>
+      <c r="G41" s="80"/>
+      <c r="H41" s="80"/>
+      <c r="I41" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="122"/>
-[...7 lines deleted...]
-      <c r="I42" s="151">
+      <c r="A42" s="74"/>
+      <c r="B42" s="87"/>
+      <c r="C42" s="88"/>
+      <c r="D42" s="88"/>
+      <c r="E42" s="88"/>
+      <c r="F42" s="89"/>
+      <c r="G42" s="80"/>
+      <c r="H42" s="80"/>
+      <c r="I42" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="122"/>
-[...7 lines deleted...]
-      <c r="I43" s="151">
+      <c r="A43" s="74"/>
+      <c r="B43" s="87"/>
+      <c r="C43" s="88"/>
+      <c r="D43" s="88"/>
+      <c r="E43" s="88"/>
+      <c r="F43" s="89"/>
+      <c r="G43" s="80"/>
+      <c r="H43" s="80"/>
+      <c r="I43" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="122"/>
-[...7 lines deleted...]
-      <c r="I44" s="151">
+      <c r="A44" s="74"/>
+      <c r="B44" s="87"/>
+      <c r="C44" s="88"/>
+      <c r="D44" s="88"/>
+      <c r="E44" s="88"/>
+      <c r="F44" s="89"/>
+      <c r="G44" s="80"/>
+      <c r="H44" s="80"/>
+      <c r="I44" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="122"/>
-[...7 lines deleted...]
-      <c r="I45" s="151">
+      <c r="A45" s="74"/>
+      <c r="B45" s="87"/>
+      <c r="C45" s="88"/>
+      <c r="D45" s="88"/>
+      <c r="E45" s="88"/>
+      <c r="F45" s="89"/>
+      <c r="G45" s="80"/>
+      <c r="H45" s="80"/>
+      <c r="I45" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="122"/>
-[...7 lines deleted...]
-      <c r="I46" s="151">
+      <c r="A46" s="74"/>
+      <c r="B46" s="87"/>
+      <c r="C46" s="88"/>
+      <c r="D46" s="88"/>
+      <c r="E46" s="88"/>
+      <c r="F46" s="89"/>
+      <c r="G46" s="80"/>
+      <c r="H46" s="80"/>
+      <c r="I46" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="122"/>
-[...7 lines deleted...]
-      <c r="I47" s="151">
+      <c r="A47" s="74"/>
+      <c r="B47" s="87"/>
+      <c r="C47" s="88"/>
+      <c r="D47" s="88"/>
+      <c r="E47" s="88"/>
+      <c r="F47" s="89"/>
+      <c r="G47" s="80"/>
+      <c r="H47" s="80"/>
+      <c r="I47" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="122"/>
-[...7 lines deleted...]
-      <c r="I48" s="151">
+      <c r="A48" s="74"/>
+      <c r="B48" s="87"/>
+      <c r="C48" s="88"/>
+      <c r="D48" s="88"/>
+      <c r="E48" s="88"/>
+      <c r="F48" s="89"/>
+      <c r="G48" s="80"/>
+      <c r="H48" s="80"/>
+      <c r="I48" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="122"/>
-[...7 lines deleted...]
-      <c r="I49" s="151">
+      <c r="A49" s="74"/>
+      <c r="B49" s="87"/>
+      <c r="C49" s="88"/>
+      <c r="D49" s="88"/>
+      <c r="E49" s="88"/>
+      <c r="F49" s="89"/>
+      <c r="G49" s="80"/>
+      <c r="H49" s="80"/>
+      <c r="I49" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="122"/>
-[...7 lines deleted...]
-      <c r="I50" s="151">
+      <c r="A50" s="74"/>
+      <c r="B50" s="87"/>
+      <c r="C50" s="88"/>
+      <c r="D50" s="88"/>
+      <c r="E50" s="88"/>
+      <c r="F50" s="89"/>
+      <c r="G50" s="80"/>
+      <c r="H50" s="80"/>
+      <c r="I50" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="122"/>
-[...7 lines deleted...]
-      <c r="I51" s="151">
+      <c r="A51" s="74"/>
+      <c r="B51" s="87"/>
+      <c r="C51" s="88"/>
+      <c r="D51" s="88"/>
+      <c r="E51" s="88"/>
+      <c r="F51" s="89"/>
+      <c r="G51" s="80"/>
+      <c r="H51" s="80"/>
+      <c r="I51" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="122"/>
-[...7 lines deleted...]
-      <c r="I52" s="151">
+      <c r="A52" s="74"/>
+      <c r="B52" s="87"/>
+      <c r="C52" s="88"/>
+      <c r="D52" s="88"/>
+      <c r="E52" s="88"/>
+      <c r="F52" s="89"/>
+      <c r="G52" s="80"/>
+      <c r="H52" s="80"/>
+      <c r="I52" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="122"/>
-[...7 lines deleted...]
-      <c r="I53" s="151">
+      <c r="A53" s="74"/>
+      <c r="B53" s="87"/>
+      <c r="C53" s="88"/>
+      <c r="D53" s="88"/>
+      <c r="E53" s="88"/>
+      <c r="F53" s="89"/>
+      <c r="G53" s="80"/>
+      <c r="H53" s="80"/>
+      <c r="I53" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="122"/>
-[...7 lines deleted...]
-      <c r="I54" s="151">
+      <c r="A54" s="74"/>
+      <c r="B54" s="87"/>
+      <c r="C54" s="88"/>
+      <c r="D54" s="88"/>
+      <c r="E54" s="88"/>
+      <c r="F54" s="89"/>
+      <c r="G54" s="80"/>
+      <c r="H54" s="80"/>
+      <c r="I54" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="122"/>
-[...7 lines deleted...]
-      <c r="I55" s="151">
+      <c r="A55" s="74"/>
+      <c r="B55" s="87"/>
+      <c r="C55" s="88"/>
+      <c r="D55" s="88"/>
+      <c r="E55" s="88"/>
+      <c r="F55" s="89"/>
+      <c r="G55" s="80"/>
+      <c r="H55" s="80"/>
+      <c r="I55" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="122"/>
-[...7 lines deleted...]
-      <c r="I56" s="151">
+      <c r="A56" s="74"/>
+      <c r="B56" s="87"/>
+      <c r="C56" s="88"/>
+      <c r="D56" s="88"/>
+      <c r="E56" s="88"/>
+      <c r="F56" s="89"/>
+      <c r="G56" s="80"/>
+      <c r="H56" s="80"/>
+      <c r="I56" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="122"/>
-[...7 lines deleted...]
-      <c r="I57" s="151">
+      <c r="A57" s="74"/>
+      <c r="B57" s="87"/>
+      <c r="C57" s="88"/>
+      <c r="D57" s="88"/>
+      <c r="E57" s="88"/>
+      <c r="F57" s="89"/>
+      <c r="G57" s="80"/>
+      <c r="H57" s="80"/>
+      <c r="I57" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="122"/>
-[...7 lines deleted...]
-      <c r="I58" s="151">
+      <c r="A58" s="74"/>
+      <c r="B58" s="87"/>
+      <c r="C58" s="88"/>
+      <c r="D58" s="88"/>
+      <c r="E58" s="88"/>
+      <c r="F58" s="89"/>
+      <c r="G58" s="80"/>
+      <c r="H58" s="80"/>
+      <c r="I58" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="122"/>
-[...7 lines deleted...]
-      <c r="I59" s="151">
+      <c r="A59" s="74"/>
+      <c r="B59" s="87"/>
+      <c r="C59" s="88"/>
+      <c r="D59" s="88"/>
+      <c r="E59" s="88"/>
+      <c r="F59" s="89"/>
+      <c r="G59" s="80"/>
+      <c r="H59" s="80"/>
+      <c r="I59" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="122"/>
-[...7 lines deleted...]
-      <c r="I60" s="151">
+      <c r="A60" s="74"/>
+      <c r="B60" s="87"/>
+      <c r="C60" s="88"/>
+      <c r="D60" s="88"/>
+      <c r="E60" s="88"/>
+      <c r="F60" s="89"/>
+      <c r="G60" s="80"/>
+      <c r="H60" s="80"/>
+      <c r="I60" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="122"/>
-[...7 lines deleted...]
-      <c r="I61" s="151">
+      <c r="A61" s="74"/>
+      <c r="B61" s="87"/>
+      <c r="C61" s="88"/>
+      <c r="D61" s="88"/>
+      <c r="E61" s="88"/>
+      <c r="F61" s="89"/>
+      <c r="G61" s="80"/>
+      <c r="H61" s="80"/>
+      <c r="I61" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="122"/>
-[...7 lines deleted...]
-      <c r="I62" s="151">
+      <c r="A62" s="74"/>
+      <c r="B62" s="87"/>
+      <c r="C62" s="88"/>
+      <c r="D62" s="88"/>
+      <c r="E62" s="88"/>
+      <c r="F62" s="89"/>
+      <c r="G62" s="80"/>
+      <c r="H62" s="80"/>
+      <c r="I62" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="122"/>
-[...7 lines deleted...]
-      <c r="I63" s="151">
+      <c r="A63" s="74"/>
+      <c r="B63" s="87"/>
+      <c r="C63" s="88"/>
+      <c r="D63" s="88"/>
+      <c r="E63" s="88"/>
+      <c r="F63" s="89"/>
+      <c r="G63" s="80"/>
+      <c r="H63" s="80"/>
+      <c r="I63" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="122"/>
-[...7 lines deleted...]
-      <c r="I64" s="151">
+      <c r="A64" s="74"/>
+      <c r="B64" s="87"/>
+      <c r="C64" s="88"/>
+      <c r="D64" s="88"/>
+      <c r="E64" s="88"/>
+      <c r="F64" s="89"/>
+      <c r="G64" s="80"/>
+      <c r="H64" s="80"/>
+      <c r="I64" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="122"/>
-[...7 lines deleted...]
-      <c r="I65" s="151">
+      <c r="A65" s="74"/>
+      <c r="B65" s="87"/>
+      <c r="C65" s="88"/>
+      <c r="D65" s="88"/>
+      <c r="E65" s="88"/>
+      <c r="F65" s="89"/>
+      <c r="G65" s="80"/>
+      <c r="H65" s="80"/>
+      <c r="I65" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="122"/>
-[...7 lines deleted...]
-      <c r="I66" s="151">
+      <c r="A66" s="74"/>
+      <c r="B66" s="87"/>
+      <c r="C66" s="88"/>
+      <c r="D66" s="88"/>
+      <c r="E66" s="88"/>
+      <c r="F66" s="89"/>
+      <c r="G66" s="80"/>
+      <c r="H66" s="80"/>
+      <c r="I66" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="122"/>
-[...7 lines deleted...]
-      <c r="I67" s="151">
+      <c r="A67" s="74"/>
+      <c r="B67" s="87"/>
+      <c r="C67" s="88"/>
+      <c r="D67" s="88"/>
+      <c r="E67" s="88"/>
+      <c r="F67" s="89"/>
+      <c r="G67" s="80"/>
+      <c r="H67" s="80"/>
+      <c r="I67" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="122"/>
-[...7 lines deleted...]
-      <c r="I68" s="151">
+      <c r="A68" s="74"/>
+      <c r="B68" s="87"/>
+      <c r="C68" s="88"/>
+      <c r="D68" s="88"/>
+      <c r="E68" s="88"/>
+      <c r="F68" s="89"/>
+      <c r="G68" s="80"/>
+      <c r="H68" s="80"/>
+      <c r="I68" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="122"/>
-[...7 lines deleted...]
-      <c r="I69" s="151">
+      <c r="A69" s="74"/>
+      <c r="B69" s="87"/>
+      <c r="C69" s="88"/>
+      <c r="D69" s="88"/>
+      <c r="E69" s="88"/>
+      <c r="F69" s="89"/>
+      <c r="G69" s="80"/>
+      <c r="H69" s="80"/>
+      <c r="I69" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A70" s="122"/>
-[...7 lines deleted...]
-      <c r="I70" s="151">
+      <c r="A70" s="74"/>
+      <c r="B70" s="87"/>
+      <c r="C70" s="88"/>
+      <c r="D70" s="88"/>
+      <c r="E70" s="88"/>
+      <c r="F70" s="89"/>
+      <c r="G70" s="80"/>
+      <c r="H70" s="80"/>
+      <c r="I70" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="122"/>
-[...7 lines deleted...]
-      <c r="I71" s="151">
+      <c r="A71" s="74"/>
+      <c r="B71" s="87"/>
+      <c r="C71" s="88"/>
+      <c r="D71" s="88"/>
+      <c r="E71" s="88"/>
+      <c r="F71" s="89"/>
+      <c r="G71" s="80"/>
+      <c r="H71" s="80"/>
+      <c r="I71" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="122"/>
-[...7 lines deleted...]
-      <c r="I72" s="151">
+      <c r="A72" s="74"/>
+      <c r="B72" s="87"/>
+      <c r="C72" s="88"/>
+      <c r="D72" s="88"/>
+      <c r="E72" s="88"/>
+      <c r="F72" s="89"/>
+      <c r="G72" s="80"/>
+      <c r="H72" s="80"/>
+      <c r="I72" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="122"/>
-[...7 lines deleted...]
-      <c r="I73" s="151">
+      <c r="A73" s="74"/>
+      <c r="B73" s="87"/>
+      <c r="C73" s="88"/>
+      <c r="D73" s="88"/>
+      <c r="E73" s="88"/>
+      <c r="F73" s="89"/>
+      <c r="G73" s="80"/>
+      <c r="H73" s="80"/>
+      <c r="I73" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="122"/>
-[...7 lines deleted...]
-      <c r="I74" s="151">
+      <c r="A74" s="74"/>
+      <c r="B74" s="87"/>
+      <c r="C74" s="88"/>
+      <c r="D74" s="88"/>
+      <c r="E74" s="88"/>
+      <c r="F74" s="89"/>
+      <c r="G74" s="80"/>
+      <c r="H74" s="80"/>
+      <c r="I74" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="122"/>
-[...7 lines deleted...]
-      <c r="I75" s="151">
+      <c r="A75" s="74"/>
+      <c r="B75" s="87"/>
+      <c r="C75" s="88"/>
+      <c r="D75" s="88"/>
+      <c r="E75" s="88"/>
+      <c r="F75" s="89"/>
+      <c r="G75" s="80"/>
+      <c r="H75" s="80"/>
+      <c r="I75" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="122"/>
-[...7 lines deleted...]
-      <c r="I76" s="151">
+      <c r="A76" s="74"/>
+      <c r="B76" s="87"/>
+      <c r="C76" s="88"/>
+      <c r="D76" s="88"/>
+      <c r="E76" s="88"/>
+      <c r="F76" s="89"/>
+      <c r="G76" s="80"/>
+      <c r="H76" s="80"/>
+      <c r="I76" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="122"/>
-[...7 lines deleted...]
-      <c r="I77" s="151">
+      <c r="A77" s="74"/>
+      <c r="B77" s="87"/>
+      <c r="C77" s="88"/>
+      <c r="D77" s="88"/>
+      <c r="E77" s="88"/>
+      <c r="F77" s="89"/>
+      <c r="G77" s="80"/>
+      <c r="H77" s="80"/>
+      <c r="I77" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A78" s="122"/>
-[...7 lines deleted...]
-      <c r="I78" s="151">
+      <c r="A78" s="74"/>
+      <c r="B78" s="87"/>
+      <c r="C78" s="88"/>
+      <c r="D78" s="88"/>
+      <c r="E78" s="88"/>
+      <c r="F78" s="89"/>
+      <c r="G78" s="80"/>
+      <c r="H78" s="80"/>
+      <c r="I78" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="122"/>
-[...7 lines deleted...]
-      <c r="I79" s="151">
+      <c r="A79" s="74"/>
+      <c r="B79" s="87"/>
+      <c r="C79" s="88"/>
+      <c r="D79" s="88"/>
+      <c r="E79" s="88"/>
+      <c r="F79" s="89"/>
+      <c r="G79" s="80"/>
+      <c r="H79" s="80"/>
+      <c r="I79" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="122"/>
-[...7 lines deleted...]
-      <c r="I80" s="151">
+      <c r="A80" s="74"/>
+      <c r="B80" s="87"/>
+      <c r="C80" s="88"/>
+      <c r="D80" s="88"/>
+      <c r="E80" s="88"/>
+      <c r="F80" s="89"/>
+      <c r="G80" s="80"/>
+      <c r="H80" s="80"/>
+      <c r="I80" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="122"/>
-[...7 lines deleted...]
-      <c r="I81" s="151">
+      <c r="A81" s="74"/>
+      <c r="B81" s="87"/>
+      <c r="C81" s="88"/>
+      <c r="D81" s="88"/>
+      <c r="E81" s="88"/>
+      <c r="F81" s="89"/>
+      <c r="G81" s="80"/>
+      <c r="H81" s="80"/>
+      <c r="I81" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="122"/>
-[...7 lines deleted...]
-      <c r="I82" s="151">
+      <c r="A82" s="74"/>
+      <c r="B82" s="87"/>
+      <c r="C82" s="88"/>
+      <c r="D82" s="88"/>
+      <c r="E82" s="88"/>
+      <c r="F82" s="89"/>
+      <c r="G82" s="80"/>
+      <c r="H82" s="80"/>
+      <c r="I82" s="90">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="122"/>
-[...7 lines deleted...]
-      <c r="I83" s="151">
+      <c r="A83" s="74"/>
+      <c r="B83" s="87"/>
+      <c r="C83" s="88"/>
+      <c r="D83" s="88"/>
+      <c r="E83" s="88"/>
+      <c r="F83" s="89"/>
+      <c r="G83" s="80"/>
+      <c r="H83" s="80"/>
+      <c r="I83" s="90">
         <f t="shared" ref="I83:I146" si="1">G83-H83</f>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A84" s="122"/>
-[...7 lines deleted...]
-      <c r="I84" s="151">
+      <c r="A84" s="74"/>
+      <c r="B84" s="87"/>
+      <c r="C84" s="88"/>
+      <c r="D84" s="88"/>
+      <c r="E84" s="88"/>
+      <c r="F84" s="89"/>
+      <c r="G84" s="80"/>
+      <c r="H84" s="80"/>
+      <c r="I84" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A85" s="122"/>
-[...7 lines deleted...]
-      <c r="I85" s="151">
+      <c r="A85" s="74"/>
+      <c r="B85" s="87"/>
+      <c r="C85" s="88"/>
+      <c r="D85" s="88"/>
+      <c r="E85" s="88"/>
+      <c r="F85" s="89"/>
+      <c r="G85" s="80"/>
+      <c r="H85" s="80"/>
+      <c r="I85" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="122"/>
-[...7 lines deleted...]
-      <c r="I86" s="151">
+      <c r="A86" s="74"/>
+      <c r="B86" s="87"/>
+      <c r="C86" s="88"/>
+      <c r="D86" s="88"/>
+      <c r="E86" s="88"/>
+      <c r="F86" s="89"/>
+      <c r="G86" s="80"/>
+      <c r="H86" s="80"/>
+      <c r="I86" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="122"/>
-[...7 lines deleted...]
-      <c r="I87" s="151">
+      <c r="A87" s="74"/>
+      <c r="B87" s="87"/>
+      <c r="C87" s="88"/>
+      <c r="D87" s="88"/>
+      <c r="E87" s="88"/>
+      <c r="F87" s="89"/>
+      <c r="G87" s="80"/>
+      <c r="H87" s="80"/>
+      <c r="I87" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A88" s="122"/>
-[...7 lines deleted...]
-      <c r="I88" s="151">
+      <c r="A88" s="74"/>
+      <c r="B88" s="87"/>
+      <c r="C88" s="88"/>
+      <c r="D88" s="88"/>
+      <c r="E88" s="88"/>
+      <c r="F88" s="89"/>
+      <c r="G88" s="80"/>
+      <c r="H88" s="80"/>
+      <c r="I88" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="122"/>
-[...7 lines deleted...]
-      <c r="I89" s="151">
+      <c r="A89" s="74"/>
+      <c r="B89" s="87"/>
+      <c r="C89" s="88"/>
+      <c r="D89" s="88"/>
+      <c r="E89" s="88"/>
+      <c r="F89" s="89"/>
+      <c r="G89" s="80"/>
+      <c r="H89" s="80"/>
+      <c r="I89" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="122"/>
-[...7 lines deleted...]
-      <c r="I90" s="151">
+      <c r="A90" s="74"/>
+      <c r="B90" s="87"/>
+      <c r="C90" s="88"/>
+      <c r="D90" s="88"/>
+      <c r="E90" s="88"/>
+      <c r="F90" s="89"/>
+      <c r="G90" s="80"/>
+      <c r="H90" s="80"/>
+      <c r="I90" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="122"/>
-[...7 lines deleted...]
-      <c r="I91" s="151">
+      <c r="A91" s="74"/>
+      <c r="B91" s="87"/>
+      <c r="C91" s="88"/>
+      <c r="D91" s="88"/>
+      <c r="E91" s="88"/>
+      <c r="F91" s="89"/>
+      <c r="G91" s="80"/>
+      <c r="H91" s="80"/>
+      <c r="I91" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="122"/>
-[...7 lines deleted...]
-      <c r="I92" s="151">
+      <c r="A92" s="74"/>
+      <c r="B92" s="87"/>
+      <c r="C92" s="88"/>
+      <c r="D92" s="88"/>
+      <c r="E92" s="88"/>
+      <c r="F92" s="89"/>
+      <c r="G92" s="80"/>
+      <c r="H92" s="80"/>
+      <c r="I92" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="122"/>
-[...7 lines deleted...]
-      <c r="I93" s="151">
+      <c r="A93" s="74"/>
+      <c r="B93" s="87"/>
+      <c r="C93" s="88"/>
+      <c r="D93" s="88"/>
+      <c r="E93" s="88"/>
+      <c r="F93" s="89"/>
+      <c r="G93" s="80"/>
+      <c r="H93" s="80"/>
+      <c r="I93" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A94" s="122"/>
-[...7 lines deleted...]
-      <c r="I94" s="151">
+      <c r="A94" s="74"/>
+      <c r="B94" s="87"/>
+      <c r="C94" s="88"/>
+      <c r="D94" s="88"/>
+      <c r="E94" s="88"/>
+      <c r="F94" s="89"/>
+      <c r="G94" s="80"/>
+      <c r="H94" s="80"/>
+      <c r="I94" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="122"/>
-[...7 lines deleted...]
-      <c r="I95" s="151">
+      <c r="A95" s="74"/>
+      <c r="B95" s="87"/>
+      <c r="C95" s="88"/>
+      <c r="D95" s="88"/>
+      <c r="E95" s="88"/>
+      <c r="F95" s="89"/>
+      <c r="G95" s="80"/>
+      <c r="H95" s="80"/>
+      <c r="I95" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A96" s="122"/>
-[...7 lines deleted...]
-      <c r="I96" s="151">
+      <c r="A96" s="74"/>
+      <c r="B96" s="87"/>
+      <c r="C96" s="88"/>
+      <c r="D96" s="88"/>
+      <c r="E96" s="88"/>
+      <c r="F96" s="89"/>
+      <c r="G96" s="80"/>
+      <c r="H96" s="80"/>
+      <c r="I96" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A97" s="122"/>
-[...7 lines deleted...]
-      <c r="I97" s="151">
+      <c r="A97" s="74"/>
+      <c r="B97" s="87"/>
+      <c r="C97" s="88"/>
+      <c r="D97" s="88"/>
+      <c r="E97" s="88"/>
+      <c r="F97" s="89"/>
+      <c r="G97" s="80"/>
+      <c r="H97" s="80"/>
+      <c r="I97" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="122"/>
-[...7 lines deleted...]
-      <c r="I98" s="151">
+      <c r="A98" s="74"/>
+      <c r="B98" s="87"/>
+      <c r="C98" s="88"/>
+      <c r="D98" s="88"/>
+      <c r="E98" s="88"/>
+      <c r="F98" s="89"/>
+      <c r="G98" s="80"/>
+      <c r="H98" s="80"/>
+      <c r="I98" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A99" s="122"/>
-[...7 lines deleted...]
-      <c r="I99" s="151">
+      <c r="A99" s="74"/>
+      <c r="B99" s="87"/>
+      <c r="C99" s="88"/>
+      <c r="D99" s="88"/>
+      <c r="E99" s="88"/>
+      <c r="F99" s="89"/>
+      <c r="G99" s="80"/>
+      <c r="H99" s="80"/>
+      <c r="I99" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="122"/>
-[...7 lines deleted...]
-      <c r="I100" s="151">
+      <c r="A100" s="74"/>
+      <c r="B100" s="87"/>
+      <c r="C100" s="88"/>
+      <c r="D100" s="88"/>
+      <c r="E100" s="88"/>
+      <c r="F100" s="89"/>
+      <c r="G100" s="80"/>
+      <c r="H100" s="80"/>
+      <c r="I100" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="122"/>
-[...7 lines deleted...]
-      <c r="I101" s="151">
+      <c r="A101" s="74"/>
+      <c r="B101" s="87"/>
+      <c r="C101" s="88"/>
+      <c r="D101" s="88"/>
+      <c r="E101" s="88"/>
+      <c r="F101" s="89"/>
+      <c r="G101" s="80"/>
+      <c r="H101" s="80"/>
+      <c r="I101" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A102" s="122"/>
-[...7 lines deleted...]
-      <c r="I102" s="151">
+      <c r="A102" s="74"/>
+      <c r="B102" s="87"/>
+      <c r="C102" s="88"/>
+      <c r="D102" s="88"/>
+      <c r="E102" s="88"/>
+      <c r="F102" s="89"/>
+      <c r="G102" s="80"/>
+      <c r="H102" s="80"/>
+      <c r="I102" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="122"/>
-[...7 lines deleted...]
-      <c r="I103" s="151">
+      <c r="A103" s="74"/>
+      <c r="B103" s="87"/>
+      <c r="C103" s="88"/>
+      <c r="D103" s="88"/>
+      <c r="E103" s="88"/>
+      <c r="F103" s="89"/>
+      <c r="G103" s="80"/>
+      <c r="H103" s="80"/>
+      <c r="I103" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="122"/>
-[...7 lines deleted...]
-      <c r="I104" s="151">
+      <c r="A104" s="74"/>
+      <c r="B104" s="87"/>
+      <c r="C104" s="88"/>
+      <c r="D104" s="88"/>
+      <c r="E104" s="88"/>
+      <c r="F104" s="89"/>
+      <c r="G104" s="80"/>
+      <c r="H104" s="80"/>
+      <c r="I104" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="122"/>
-[...7 lines deleted...]
-      <c r="I105" s="151">
+      <c r="A105" s="74"/>
+      <c r="B105" s="87"/>
+      <c r="C105" s="88"/>
+      <c r="D105" s="88"/>
+      <c r="E105" s="88"/>
+      <c r="F105" s="89"/>
+      <c r="G105" s="80"/>
+      <c r="H105" s="80"/>
+      <c r="I105" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="122"/>
-[...7 lines deleted...]
-      <c r="I106" s="151">
+      <c r="A106" s="74"/>
+      <c r="B106" s="87"/>
+      <c r="C106" s="88"/>
+      <c r="D106" s="88"/>
+      <c r="E106" s="88"/>
+      <c r="F106" s="89"/>
+      <c r="G106" s="80"/>
+      <c r="H106" s="80"/>
+      <c r="I106" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="122"/>
-[...7 lines deleted...]
-      <c r="I107" s="151">
+      <c r="A107" s="74"/>
+      <c r="B107" s="87"/>
+      <c r="C107" s="88"/>
+      <c r="D107" s="88"/>
+      <c r="E107" s="88"/>
+      <c r="F107" s="89"/>
+      <c r="G107" s="80"/>
+      <c r="H107" s="80"/>
+      <c r="I107" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A108" s="122"/>
-[...7 lines deleted...]
-      <c r="I108" s="151">
+      <c r="A108" s="74"/>
+      <c r="B108" s="87"/>
+      <c r="C108" s="88"/>
+      <c r="D108" s="88"/>
+      <c r="E108" s="88"/>
+      <c r="F108" s="89"/>
+      <c r="G108" s="80"/>
+      <c r="H108" s="80"/>
+      <c r="I108" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A109" s="122"/>
-[...7 lines deleted...]
-      <c r="I109" s="151">
+      <c r="A109" s="74"/>
+      <c r="B109" s="87"/>
+      <c r="C109" s="88"/>
+      <c r="D109" s="88"/>
+      <c r="E109" s="88"/>
+      <c r="F109" s="89"/>
+      <c r="G109" s="80"/>
+      <c r="H109" s="80"/>
+      <c r="I109" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="122"/>
-[...7 lines deleted...]
-      <c r="I110" s="151">
+      <c r="A110" s="74"/>
+      <c r="B110" s="87"/>
+      <c r="C110" s="88"/>
+      <c r="D110" s="88"/>
+      <c r="E110" s="88"/>
+      <c r="F110" s="89"/>
+      <c r="G110" s="80"/>
+      <c r="H110" s="80"/>
+      <c r="I110" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="122"/>
-[...7 lines deleted...]
-      <c r="I111" s="151">
+      <c r="A111" s="74"/>
+      <c r="B111" s="87"/>
+      <c r="C111" s="88"/>
+      <c r="D111" s="88"/>
+      <c r="E111" s="88"/>
+      <c r="F111" s="89"/>
+      <c r="G111" s="80"/>
+      <c r="H111" s="80"/>
+      <c r="I111" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="122"/>
-[...7 lines deleted...]
-      <c r="I112" s="151">
+      <c r="A112" s="74"/>
+      <c r="B112" s="87"/>
+      <c r="C112" s="88"/>
+      <c r="D112" s="88"/>
+      <c r="E112" s="88"/>
+      <c r="F112" s="89"/>
+      <c r="G112" s="80"/>
+      <c r="H112" s="80"/>
+      <c r="I112" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="122"/>
-[...7 lines deleted...]
-      <c r="I113" s="151">
+      <c r="A113" s="74"/>
+      <c r="B113" s="87"/>
+      <c r="C113" s="88"/>
+      <c r="D113" s="88"/>
+      <c r="E113" s="88"/>
+      <c r="F113" s="89"/>
+      <c r="G113" s="80"/>
+      <c r="H113" s="80"/>
+      <c r="I113" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="122"/>
-[...7 lines deleted...]
-      <c r="I114" s="151">
+      <c r="A114" s="74"/>
+      <c r="B114" s="87"/>
+      <c r="C114" s="88"/>
+      <c r="D114" s="88"/>
+      <c r="E114" s="88"/>
+      <c r="F114" s="89"/>
+      <c r="G114" s="80"/>
+      <c r="H114" s="80"/>
+      <c r="I114" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="122"/>
-[...7 lines deleted...]
-      <c r="I115" s="151">
+      <c r="A115" s="74"/>
+      <c r="B115" s="87"/>
+      <c r="C115" s="88"/>
+      <c r="D115" s="88"/>
+      <c r="E115" s="88"/>
+      <c r="F115" s="89"/>
+      <c r="G115" s="80"/>
+      <c r="H115" s="80"/>
+      <c r="I115" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="122"/>
-[...7 lines deleted...]
-      <c r="I116" s="151">
+      <c r="A116" s="74"/>
+      <c r="B116" s="87"/>
+      <c r="C116" s="88"/>
+      <c r="D116" s="88"/>
+      <c r="E116" s="88"/>
+      <c r="F116" s="89"/>
+      <c r="G116" s="80"/>
+      <c r="H116" s="80"/>
+      <c r="I116" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A117" s="122"/>
-[...7 lines deleted...]
-      <c r="I117" s="151">
+      <c r="A117" s="74"/>
+      <c r="B117" s="87"/>
+      <c r="C117" s="88"/>
+      <c r="D117" s="88"/>
+      <c r="E117" s="88"/>
+      <c r="F117" s="89"/>
+      <c r="G117" s="80"/>
+      <c r="H117" s="80"/>
+      <c r="I117" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="122"/>
-[...7 lines deleted...]
-      <c r="I118" s="151">
+      <c r="A118" s="74"/>
+      <c r="B118" s="87"/>
+      <c r="C118" s="88"/>
+      <c r="D118" s="88"/>
+      <c r="E118" s="88"/>
+      <c r="F118" s="89"/>
+      <c r="G118" s="80"/>
+      <c r="H118" s="80"/>
+      <c r="I118" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A119" s="122"/>
-[...7 lines deleted...]
-      <c r="I119" s="151">
+      <c r="A119" s="74"/>
+      <c r="B119" s="87"/>
+      <c r="C119" s="88"/>
+      <c r="D119" s="88"/>
+      <c r="E119" s="88"/>
+      <c r="F119" s="89"/>
+      <c r="G119" s="80"/>
+      <c r="H119" s="80"/>
+      <c r="I119" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="122"/>
-[...7 lines deleted...]
-      <c r="I120" s="151">
+      <c r="A120" s="74"/>
+      <c r="B120" s="87"/>
+      <c r="C120" s="88"/>
+      <c r="D120" s="88"/>
+      <c r="E120" s="88"/>
+      <c r="F120" s="89"/>
+      <c r="G120" s="80"/>
+      <c r="H120" s="80"/>
+      <c r="I120" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A121" s="122"/>
-[...7 lines deleted...]
-      <c r="I121" s="151">
+      <c r="A121" s="74"/>
+      <c r="B121" s="87"/>
+      <c r="C121" s="88"/>
+      <c r="D121" s="88"/>
+      <c r="E121" s="88"/>
+      <c r="F121" s="89"/>
+      <c r="G121" s="80"/>
+      <c r="H121" s="80"/>
+      <c r="I121" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A122" s="122"/>
-[...7 lines deleted...]
-      <c r="I122" s="151">
+      <c r="A122" s="74"/>
+      <c r="B122" s="87"/>
+      <c r="C122" s="88"/>
+      <c r="D122" s="88"/>
+      <c r="E122" s="88"/>
+      <c r="F122" s="89"/>
+      <c r="G122" s="80"/>
+      <c r="H122" s="80"/>
+      <c r="I122" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="122"/>
-[...7 lines deleted...]
-      <c r="I123" s="151">
+      <c r="A123" s="74"/>
+      <c r="B123" s="87"/>
+      <c r="C123" s="88"/>
+      <c r="D123" s="88"/>
+      <c r="E123" s="88"/>
+      <c r="F123" s="89"/>
+      <c r="G123" s="80"/>
+      <c r="H123" s="80"/>
+      <c r="I123" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A124" s="122"/>
-[...7 lines deleted...]
-      <c r="I124" s="151">
+      <c r="A124" s="74"/>
+      <c r="B124" s="87"/>
+      <c r="C124" s="88"/>
+      <c r="D124" s="88"/>
+      <c r="E124" s="88"/>
+      <c r="F124" s="89"/>
+      <c r="G124" s="80"/>
+      <c r="H124" s="80"/>
+      <c r="I124" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="122"/>
-[...7 lines deleted...]
-      <c r="I125" s="151">
+      <c r="A125" s="74"/>
+      <c r="B125" s="87"/>
+      <c r="C125" s="88"/>
+      <c r="D125" s="88"/>
+      <c r="E125" s="88"/>
+      <c r="F125" s="89"/>
+      <c r="G125" s="80"/>
+      <c r="H125" s="80"/>
+      <c r="I125" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="122"/>
-[...7 lines deleted...]
-      <c r="I126" s="151">
+      <c r="A126" s="74"/>
+      <c r="B126" s="87"/>
+      <c r="C126" s="88"/>
+      <c r="D126" s="88"/>
+      <c r="E126" s="88"/>
+      <c r="F126" s="89"/>
+      <c r="G126" s="80"/>
+      <c r="H126" s="80"/>
+      <c r="I126" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="122"/>
-[...7 lines deleted...]
-      <c r="I127" s="151">
+      <c r="A127" s="74"/>
+      <c r="B127" s="87"/>
+      <c r="C127" s="88"/>
+      <c r="D127" s="88"/>
+      <c r="E127" s="88"/>
+      <c r="F127" s="89"/>
+      <c r="G127" s="80"/>
+      <c r="H127" s="80"/>
+      <c r="I127" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="122"/>
-[...7 lines deleted...]
-      <c r="I128" s="151">
+      <c r="A128" s="74"/>
+      <c r="B128" s="87"/>
+      <c r="C128" s="88"/>
+      <c r="D128" s="88"/>
+      <c r="E128" s="88"/>
+      <c r="F128" s="89"/>
+      <c r="G128" s="80"/>
+      <c r="H128" s="80"/>
+      <c r="I128" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="122"/>
-[...7 lines deleted...]
-      <c r="I129" s="151">
+      <c r="A129" s="74"/>
+      <c r="B129" s="87"/>
+      <c r="C129" s="88"/>
+      <c r="D129" s="88"/>
+      <c r="E129" s="88"/>
+      <c r="F129" s="89"/>
+      <c r="G129" s="80"/>
+      <c r="H129" s="80"/>
+      <c r="I129" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="122"/>
-[...7 lines deleted...]
-      <c r="I130" s="151">
+      <c r="A130" s="74"/>
+      <c r="B130" s="87"/>
+      <c r="C130" s="88"/>
+      <c r="D130" s="88"/>
+      <c r="E130" s="88"/>
+      <c r="F130" s="89"/>
+      <c r="G130" s="80"/>
+      <c r="H130" s="80"/>
+      <c r="I130" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="122"/>
-[...7 lines deleted...]
-      <c r="I131" s="151">
+      <c r="A131" s="74"/>
+      <c r="B131" s="87"/>
+      <c r="C131" s="88"/>
+      <c r="D131" s="88"/>
+      <c r="E131" s="88"/>
+      <c r="F131" s="89"/>
+      <c r="G131" s="80"/>
+      <c r="H131" s="80"/>
+      <c r="I131" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="122"/>
-[...7 lines deleted...]
-      <c r="I132" s="151">
+      <c r="A132" s="74"/>
+      <c r="B132" s="87"/>
+      <c r="C132" s="88"/>
+      <c r="D132" s="88"/>
+      <c r="E132" s="88"/>
+      <c r="F132" s="89"/>
+      <c r="G132" s="80"/>
+      <c r="H132" s="80"/>
+      <c r="I132" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A133" s="122"/>
-[...7 lines deleted...]
-      <c r="I133" s="151">
+      <c r="A133" s="74"/>
+      <c r="B133" s="87"/>
+      <c r="C133" s="88"/>
+      <c r="D133" s="88"/>
+      <c r="E133" s="88"/>
+      <c r="F133" s="89"/>
+      <c r="G133" s="80"/>
+      <c r="H133" s="80"/>
+      <c r="I133" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="122"/>
-[...7 lines deleted...]
-      <c r="I134" s="151">
+      <c r="A134" s="74"/>
+      <c r="B134" s="87"/>
+      <c r="C134" s="88"/>
+      <c r="D134" s="88"/>
+      <c r="E134" s="88"/>
+      <c r="F134" s="89"/>
+      <c r="G134" s="80"/>
+      <c r="H134" s="80"/>
+      <c r="I134" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A135" s="122"/>
-[...7 lines deleted...]
-      <c r="I135" s="151">
+      <c r="A135" s="74"/>
+      <c r="B135" s="87"/>
+      <c r="C135" s="88"/>
+      <c r="D135" s="88"/>
+      <c r="E135" s="88"/>
+      <c r="F135" s="89"/>
+      <c r="G135" s="80"/>
+      <c r="H135" s="80"/>
+      <c r="I135" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="122"/>
-[...7 lines deleted...]
-      <c r="I136" s="151">
+      <c r="A136" s="74"/>
+      <c r="B136" s="87"/>
+      <c r="C136" s="88"/>
+      <c r="D136" s="88"/>
+      <c r="E136" s="88"/>
+      <c r="F136" s="89"/>
+      <c r="G136" s="80"/>
+      <c r="H136" s="80"/>
+      <c r="I136" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A137" s="122"/>
-[...7 lines deleted...]
-      <c r="I137" s="151">
+      <c r="A137" s="74"/>
+      <c r="B137" s="87"/>
+      <c r="C137" s="88"/>
+      <c r="D137" s="88"/>
+      <c r="E137" s="88"/>
+      <c r="F137" s="89"/>
+      <c r="G137" s="80"/>
+      <c r="H137" s="80"/>
+      <c r="I137" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A138" s="122"/>
-[...7 lines deleted...]
-      <c r="I138" s="151">
+      <c r="A138" s="74"/>
+      <c r="B138" s="87"/>
+      <c r="C138" s="88"/>
+      <c r="D138" s="88"/>
+      <c r="E138" s="88"/>
+      <c r="F138" s="89"/>
+      <c r="G138" s="80"/>
+      <c r="H138" s="80"/>
+      <c r="I138" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="122"/>
-[...7 lines deleted...]
-      <c r="I139" s="151">
+      <c r="A139" s="74"/>
+      <c r="B139" s="87"/>
+      <c r="C139" s="88"/>
+      <c r="D139" s="88"/>
+      <c r="E139" s="88"/>
+      <c r="F139" s="89"/>
+      <c r="G139" s="80"/>
+      <c r="H139" s="80"/>
+      <c r="I139" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A140" s="122"/>
-[...7 lines deleted...]
-      <c r="I140" s="151">
+      <c r="A140" s="74"/>
+      <c r="B140" s="87"/>
+      <c r="C140" s="88"/>
+      <c r="D140" s="88"/>
+      <c r="E140" s="88"/>
+      <c r="F140" s="89"/>
+      <c r="G140" s="80"/>
+      <c r="H140" s="80"/>
+      <c r="I140" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="122"/>
-[...7 lines deleted...]
-      <c r="I141" s="151">
+      <c r="A141" s="74"/>
+      <c r="B141" s="87"/>
+      <c r="C141" s="88"/>
+      <c r="D141" s="88"/>
+      <c r="E141" s="88"/>
+      <c r="F141" s="89"/>
+      <c r="G141" s="80"/>
+      <c r="H141" s="80"/>
+      <c r="I141" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="122"/>
-[...7 lines deleted...]
-      <c r="I142" s="151">
+      <c r="A142" s="74"/>
+      <c r="B142" s="87"/>
+      <c r="C142" s="88"/>
+      <c r="D142" s="88"/>
+      <c r="E142" s="88"/>
+      <c r="F142" s="89"/>
+      <c r="G142" s="80"/>
+      <c r="H142" s="80"/>
+      <c r="I142" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A143" s="122"/>
-[...7 lines deleted...]
-      <c r="I143" s="151">
+      <c r="A143" s="74"/>
+      <c r="B143" s="87"/>
+      <c r="C143" s="88"/>
+      <c r="D143" s="88"/>
+      <c r="E143" s="88"/>
+      <c r="F143" s="89"/>
+      <c r="G143" s="80"/>
+      <c r="H143" s="80"/>
+      <c r="I143" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A144" s="122"/>
-[...7 lines deleted...]
-      <c r="I144" s="151">
+      <c r="A144" s="74"/>
+      <c r="B144" s="87"/>
+      <c r="C144" s="88"/>
+      <c r="D144" s="88"/>
+      <c r="E144" s="88"/>
+      <c r="F144" s="89"/>
+      <c r="G144" s="80"/>
+      <c r="H144" s="80"/>
+      <c r="I144" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="122"/>
-[...7 lines deleted...]
-      <c r="I145" s="151">
+      <c r="A145" s="74"/>
+      <c r="B145" s="87"/>
+      <c r="C145" s="88"/>
+      <c r="D145" s="88"/>
+      <c r="E145" s="88"/>
+      <c r="F145" s="89"/>
+      <c r="G145" s="80"/>
+      <c r="H145" s="80"/>
+      <c r="I145" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A146" s="122"/>
-[...7 lines deleted...]
-      <c r="I146" s="151">
+      <c r="A146" s="74"/>
+      <c r="B146" s="87"/>
+      <c r="C146" s="88"/>
+      <c r="D146" s="88"/>
+      <c r="E146" s="88"/>
+      <c r="F146" s="89"/>
+      <c r="G146" s="80"/>
+      <c r="H146" s="80"/>
+      <c r="I146" s="90">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="122"/>
-[...7 lines deleted...]
-      <c r="I147" s="151">
+      <c r="A147" s="74"/>
+      <c r="B147" s="87"/>
+      <c r="C147" s="88"/>
+      <c r="D147" s="88"/>
+      <c r="E147" s="88"/>
+      <c r="F147" s="89"/>
+      <c r="G147" s="80"/>
+      <c r="H147" s="80"/>
+      <c r="I147" s="90">
         <f t="shared" ref="I147:I210" si="2">G147-H147</f>
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="122"/>
-[...7 lines deleted...]
-      <c r="I148" s="151">
+      <c r="A148" s="74"/>
+      <c r="B148" s="87"/>
+      <c r="C148" s="88"/>
+      <c r="D148" s="88"/>
+      <c r="E148" s="88"/>
+      <c r="F148" s="89"/>
+      <c r="G148" s="80"/>
+      <c r="H148" s="80"/>
+      <c r="I148" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A149" s="122"/>
-[...7 lines deleted...]
-      <c r="I149" s="151">
+      <c r="A149" s="74"/>
+      <c r="B149" s="87"/>
+      <c r="C149" s="88"/>
+      <c r="D149" s="88"/>
+      <c r="E149" s="88"/>
+      <c r="F149" s="89"/>
+      <c r="G149" s="80"/>
+      <c r="H149" s="80"/>
+      <c r="I149" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A150" s="122"/>
-[...7 lines deleted...]
-      <c r="I150" s="151">
+      <c r="A150" s="74"/>
+      <c r="B150" s="87"/>
+      <c r="C150" s="88"/>
+      <c r="D150" s="88"/>
+      <c r="E150" s="88"/>
+      <c r="F150" s="89"/>
+      <c r="G150" s="80"/>
+      <c r="H150" s="80"/>
+      <c r="I150" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="122"/>
-[...7 lines deleted...]
-      <c r="I151" s="151">
+      <c r="A151" s="74"/>
+      <c r="B151" s="87"/>
+      <c r="C151" s="88"/>
+      <c r="D151" s="88"/>
+      <c r="E151" s="88"/>
+      <c r="F151" s="89"/>
+      <c r="G151" s="80"/>
+      <c r="H151" s="80"/>
+      <c r="I151" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A152" s="122"/>
-[...7 lines deleted...]
-      <c r="I152" s="151">
+      <c r="A152" s="74"/>
+      <c r="B152" s="87"/>
+      <c r="C152" s="88"/>
+      <c r="D152" s="88"/>
+      <c r="E152" s="88"/>
+      <c r="F152" s="89"/>
+      <c r="G152" s="80"/>
+      <c r="H152" s="80"/>
+      <c r="I152" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A153" s="122"/>
-[...7 lines deleted...]
-      <c r="I153" s="151">
+      <c r="A153" s="74"/>
+      <c r="B153" s="87"/>
+      <c r="C153" s="88"/>
+      <c r="D153" s="88"/>
+      <c r="E153" s="88"/>
+      <c r="F153" s="89"/>
+      <c r="G153" s="80"/>
+      <c r="H153" s="80"/>
+      <c r="I153" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A154" s="122"/>
-[...7 lines deleted...]
-      <c r="I154" s="151">
+      <c r="A154" s="74"/>
+      <c r="B154" s="87"/>
+      <c r="C154" s="88"/>
+      <c r="D154" s="88"/>
+      <c r="E154" s="88"/>
+      <c r="F154" s="89"/>
+      <c r="G154" s="80"/>
+      <c r="H154" s="80"/>
+      <c r="I154" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="122"/>
-[...7 lines deleted...]
-      <c r="I155" s="151">
+      <c r="A155" s="74"/>
+      <c r="B155" s="87"/>
+      <c r="C155" s="88"/>
+      <c r="D155" s="88"/>
+      <c r="E155" s="88"/>
+      <c r="F155" s="89"/>
+      <c r="G155" s="80"/>
+      <c r="H155" s="80"/>
+      <c r="I155" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="122"/>
-[...7 lines deleted...]
-      <c r="I156" s="151">
+      <c r="A156" s="74"/>
+      <c r="B156" s="87"/>
+      <c r="C156" s="88"/>
+      <c r="D156" s="88"/>
+      <c r="E156" s="88"/>
+      <c r="F156" s="89"/>
+      <c r="G156" s="80"/>
+      <c r="H156" s="80"/>
+      <c r="I156" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A157" s="122"/>
-[...7 lines deleted...]
-      <c r="I157" s="151">
+      <c r="A157" s="74"/>
+      <c r="B157" s="87"/>
+      <c r="C157" s="88"/>
+      <c r="D157" s="88"/>
+      <c r="E157" s="88"/>
+      <c r="F157" s="89"/>
+      <c r="G157" s="80"/>
+      <c r="H157" s="80"/>
+      <c r="I157" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A158" s="122"/>
-[...7 lines deleted...]
-      <c r="I158" s="151">
+      <c r="A158" s="74"/>
+      <c r="B158" s="87"/>
+      <c r="C158" s="88"/>
+      <c r="D158" s="88"/>
+      <c r="E158" s="88"/>
+      <c r="F158" s="89"/>
+      <c r="G158" s="80"/>
+      <c r="H158" s="80"/>
+      <c r="I158" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A159" s="122"/>
-[...7 lines deleted...]
-      <c r="I159" s="151">
+      <c r="A159" s="74"/>
+      <c r="B159" s="87"/>
+      <c r="C159" s="88"/>
+      <c r="D159" s="88"/>
+      <c r="E159" s="88"/>
+      <c r="F159" s="89"/>
+      <c r="G159" s="80"/>
+      <c r="H159" s="80"/>
+      <c r="I159" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="122"/>
-[...7 lines deleted...]
-      <c r="I160" s="151">
+      <c r="A160" s="74"/>
+      <c r="B160" s="87"/>
+      <c r="C160" s="88"/>
+      <c r="D160" s="88"/>
+      <c r="E160" s="88"/>
+      <c r="F160" s="89"/>
+      <c r="G160" s="80"/>
+      <c r="H160" s="80"/>
+      <c r="I160" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A161" s="122"/>
-[...7 lines deleted...]
-      <c r="I161" s="151">
+      <c r="A161" s="74"/>
+      <c r="B161" s="87"/>
+      <c r="C161" s="88"/>
+      <c r="D161" s="88"/>
+      <c r="E161" s="88"/>
+      <c r="F161" s="89"/>
+      <c r="G161" s="80"/>
+      <c r="H161" s="80"/>
+      <c r="I161" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A162" s="122"/>
-[...7 lines deleted...]
-      <c r="I162" s="151">
+      <c r="A162" s="74"/>
+      <c r="B162" s="87"/>
+      <c r="C162" s="88"/>
+      <c r="D162" s="88"/>
+      <c r="E162" s="88"/>
+      <c r="F162" s="89"/>
+      <c r="G162" s="80"/>
+      <c r="H162" s="80"/>
+      <c r="I162" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A163" s="122"/>
-[...7 lines deleted...]
-      <c r="I163" s="151">
+      <c r="A163" s="74"/>
+      <c r="B163" s="87"/>
+      <c r="C163" s="88"/>
+      <c r="D163" s="88"/>
+      <c r="E163" s="88"/>
+      <c r="F163" s="89"/>
+      <c r="G163" s="80"/>
+      <c r="H163" s="80"/>
+      <c r="I163" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="122"/>
-[...7 lines deleted...]
-      <c r="I164" s="151">
+      <c r="A164" s="74"/>
+      <c r="B164" s="87"/>
+      <c r="C164" s="88"/>
+      <c r="D164" s="88"/>
+      <c r="E164" s="88"/>
+      <c r="F164" s="89"/>
+      <c r="G164" s="80"/>
+      <c r="H164" s="80"/>
+      <c r="I164" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A165" s="122"/>
-[...7 lines deleted...]
-      <c r="I165" s="151">
+      <c r="A165" s="74"/>
+      <c r="B165" s="87"/>
+      <c r="C165" s="88"/>
+      <c r="D165" s="88"/>
+      <c r="E165" s="88"/>
+      <c r="F165" s="89"/>
+      <c r="G165" s="80"/>
+      <c r="H165" s="80"/>
+      <c r="I165" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="122"/>
-[...7 lines deleted...]
-      <c r="I166" s="151">
+      <c r="A166" s="74"/>
+      <c r="B166" s="87"/>
+      <c r="C166" s="88"/>
+      <c r="D166" s="88"/>
+      <c r="E166" s="88"/>
+      <c r="F166" s="89"/>
+      <c r="G166" s="80"/>
+      <c r="H166" s="80"/>
+      <c r="I166" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="122"/>
-[...7 lines deleted...]
-      <c r="I167" s="151">
+      <c r="A167" s="74"/>
+      <c r="B167" s="87"/>
+      <c r="C167" s="88"/>
+      <c r="D167" s="88"/>
+      <c r="E167" s="88"/>
+      <c r="F167" s="89"/>
+      <c r="G167" s="80"/>
+      <c r="H167" s="80"/>
+      <c r="I167" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A168" s="122"/>
-[...7 lines deleted...]
-      <c r="I168" s="151">
+      <c r="A168" s="74"/>
+      <c r="B168" s="87"/>
+      <c r="C168" s="88"/>
+      <c r="D168" s="88"/>
+      <c r="E168" s="88"/>
+      <c r="F168" s="89"/>
+      <c r="G168" s="80"/>
+      <c r="H168" s="80"/>
+      <c r="I168" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A169" s="122"/>
-[...7 lines deleted...]
-      <c r="I169" s="151">
+      <c r="A169" s="74"/>
+      <c r="B169" s="87"/>
+      <c r="C169" s="88"/>
+      <c r="D169" s="88"/>
+      <c r="E169" s="88"/>
+      <c r="F169" s="89"/>
+      <c r="G169" s="80"/>
+      <c r="H169" s="80"/>
+      <c r="I169" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A170" s="122"/>
-[...7 lines deleted...]
-      <c r="I170" s="151">
+      <c r="A170" s="74"/>
+      <c r="B170" s="87"/>
+      <c r="C170" s="88"/>
+      <c r="D170" s="88"/>
+      <c r="E170" s="88"/>
+      <c r="F170" s="89"/>
+      <c r="G170" s="80"/>
+      <c r="H170" s="80"/>
+      <c r="I170" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A171" s="122"/>
-[...7 lines deleted...]
-      <c r="I171" s="151">
+      <c r="A171" s="74"/>
+      <c r="B171" s="87"/>
+      <c r="C171" s="88"/>
+      <c r="D171" s="88"/>
+      <c r="E171" s="88"/>
+      <c r="F171" s="89"/>
+      <c r="G171" s="80"/>
+      <c r="H171" s="80"/>
+      <c r="I171" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A172" s="122"/>
-[...7 lines deleted...]
-      <c r="I172" s="151">
+      <c r="A172" s="74"/>
+      <c r="B172" s="87"/>
+      <c r="C172" s="88"/>
+      <c r="D172" s="88"/>
+      <c r="E172" s="88"/>
+      <c r="F172" s="89"/>
+      <c r="G172" s="80"/>
+      <c r="H172" s="80"/>
+      <c r="I172" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A173" s="122"/>
-[...7 lines deleted...]
-      <c r="I173" s="151">
+      <c r="A173" s="74"/>
+      <c r="B173" s="87"/>
+      <c r="C173" s="88"/>
+      <c r="D173" s="88"/>
+      <c r="E173" s="88"/>
+      <c r="F173" s="89"/>
+      <c r="G173" s="80"/>
+      <c r="H173" s="80"/>
+      <c r="I173" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="122"/>
-[...7 lines deleted...]
-      <c r="I174" s="151">
+      <c r="A174" s="74"/>
+      <c r="B174" s="87"/>
+      <c r="C174" s="88"/>
+      <c r="D174" s="88"/>
+      <c r="E174" s="88"/>
+      <c r="F174" s="89"/>
+      <c r="G174" s="80"/>
+      <c r="H174" s="80"/>
+      <c r="I174" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="122"/>
-[...7 lines deleted...]
-      <c r="I175" s="151">
+      <c r="A175" s="74"/>
+      <c r="B175" s="87"/>
+      <c r="C175" s="88"/>
+      <c r="D175" s="88"/>
+      <c r="E175" s="88"/>
+      <c r="F175" s="89"/>
+      <c r="G175" s="80"/>
+      <c r="H175" s="80"/>
+      <c r="I175" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A176" s="122"/>
-[...7 lines deleted...]
-      <c r="I176" s="151">
+      <c r="A176" s="74"/>
+      <c r="B176" s="87"/>
+      <c r="C176" s="88"/>
+      <c r="D176" s="88"/>
+      <c r="E176" s="88"/>
+      <c r="F176" s="89"/>
+      <c r="G176" s="80"/>
+      <c r="H176" s="80"/>
+      <c r="I176" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A177" s="122"/>
-[...7 lines deleted...]
-      <c r="I177" s="151">
+      <c r="A177" s="74"/>
+      <c r="B177" s="87"/>
+      <c r="C177" s="88"/>
+      <c r="D177" s="88"/>
+      <c r="E177" s="88"/>
+      <c r="F177" s="89"/>
+      <c r="G177" s="80"/>
+      <c r="H177" s="80"/>
+      <c r="I177" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A178" s="122"/>
-[...7 lines deleted...]
-      <c r="I178" s="151">
+      <c r="A178" s="74"/>
+      <c r="B178" s="87"/>
+      <c r="C178" s="88"/>
+      <c r="D178" s="88"/>
+      <c r="E178" s="88"/>
+      <c r="F178" s="89"/>
+      <c r="G178" s="80"/>
+      <c r="H178" s="80"/>
+      <c r="I178" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A179" s="122"/>
-[...7 lines deleted...]
-      <c r="I179" s="151">
+      <c r="A179" s="74"/>
+      <c r="B179" s="87"/>
+      <c r="C179" s="88"/>
+      <c r="D179" s="88"/>
+      <c r="E179" s="88"/>
+      <c r="F179" s="89"/>
+      <c r="G179" s="80"/>
+      <c r="H179" s="80"/>
+      <c r="I179" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A180" s="122"/>
-[...7 lines deleted...]
-      <c r="I180" s="151">
+      <c r="A180" s="74"/>
+      <c r="B180" s="87"/>
+      <c r="C180" s="88"/>
+      <c r="D180" s="88"/>
+      <c r="E180" s="88"/>
+      <c r="F180" s="89"/>
+      <c r="G180" s="80"/>
+      <c r="H180" s="80"/>
+      <c r="I180" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A181" s="122"/>
-[...7 lines deleted...]
-      <c r="I181" s="151">
+      <c r="A181" s="74"/>
+      <c r="B181" s="87"/>
+      <c r="C181" s="88"/>
+      <c r="D181" s="88"/>
+      <c r="E181" s="88"/>
+      <c r="F181" s="89"/>
+      <c r="G181" s="80"/>
+      <c r="H181" s="80"/>
+      <c r="I181" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="122"/>
-[...7 lines deleted...]
-      <c r="I182" s="151">
+      <c r="A182" s="74"/>
+      <c r="B182" s="87"/>
+      <c r="C182" s="88"/>
+      <c r="D182" s="88"/>
+      <c r="E182" s="88"/>
+      <c r="F182" s="89"/>
+      <c r="G182" s="80"/>
+      <c r="H182" s="80"/>
+      <c r="I182" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A183" s="122"/>
-[...7 lines deleted...]
-      <c r="I183" s="151">
+      <c r="A183" s="74"/>
+      <c r="B183" s="87"/>
+      <c r="C183" s="88"/>
+      <c r="D183" s="88"/>
+      <c r="E183" s="88"/>
+      <c r="F183" s="89"/>
+      <c r="G183" s="80"/>
+      <c r="H183" s="80"/>
+      <c r="I183" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A184" s="122"/>
-[...7 lines deleted...]
-      <c r="I184" s="151">
+      <c r="A184" s="74"/>
+      <c r="B184" s="87"/>
+      <c r="C184" s="88"/>
+      <c r="D184" s="88"/>
+      <c r="E184" s="88"/>
+      <c r="F184" s="89"/>
+      <c r="G184" s="80"/>
+      <c r="H184" s="80"/>
+      <c r="I184" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A185" s="122"/>
-[...7 lines deleted...]
-      <c r="I185" s="151">
+      <c r="A185" s="74"/>
+      <c r="B185" s="87"/>
+      <c r="C185" s="88"/>
+      <c r="D185" s="88"/>
+      <c r="E185" s="88"/>
+      <c r="F185" s="89"/>
+      <c r="G185" s="80"/>
+      <c r="H185" s="80"/>
+      <c r="I185" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A186" s="122"/>
-[...7 lines deleted...]
-      <c r="I186" s="151">
+      <c r="A186" s="74"/>
+      <c r="B186" s="87"/>
+      <c r="C186" s="88"/>
+      <c r="D186" s="88"/>
+      <c r="E186" s="88"/>
+      <c r="F186" s="89"/>
+      <c r="G186" s="80"/>
+      <c r="H186" s="80"/>
+      <c r="I186" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A187" s="122"/>
-[...7 lines deleted...]
-      <c r="I187" s="151">
+      <c r="A187" s="74"/>
+      <c r="B187" s="87"/>
+      <c r="C187" s="88"/>
+      <c r="D187" s="88"/>
+      <c r="E187" s="88"/>
+      <c r="F187" s="89"/>
+      <c r="G187" s="80"/>
+      <c r="H187" s="80"/>
+      <c r="I187" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A188" s="122"/>
-[...7 lines deleted...]
-      <c r="I188" s="151">
+      <c r="A188" s="74"/>
+      <c r="B188" s="87"/>
+      <c r="C188" s="88"/>
+      <c r="D188" s="88"/>
+      <c r="E188" s="88"/>
+      <c r="F188" s="89"/>
+      <c r="G188" s="80"/>
+      <c r="H188" s="80"/>
+      <c r="I188" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A189" s="122"/>
-[...7 lines deleted...]
-      <c r="I189" s="151">
+      <c r="A189" s="74"/>
+      <c r="B189" s="87"/>
+      <c r="C189" s="88"/>
+      <c r="D189" s="88"/>
+      <c r="E189" s="88"/>
+      <c r="F189" s="89"/>
+      <c r="G189" s="80"/>
+      <c r="H189" s="80"/>
+      <c r="I189" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A190" s="122"/>
-[...7 lines deleted...]
-      <c r="I190" s="151">
+      <c r="A190" s="74"/>
+      <c r="B190" s="87"/>
+      <c r="C190" s="88"/>
+      <c r="D190" s="88"/>
+      <c r="E190" s="88"/>
+      <c r="F190" s="89"/>
+      <c r="G190" s="80"/>
+      <c r="H190" s="80"/>
+      <c r="I190" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A191" s="122"/>
-[...7 lines deleted...]
-      <c r="I191" s="151">
+      <c r="A191" s="74"/>
+      <c r="B191" s="87"/>
+      <c r="C191" s="88"/>
+      <c r="D191" s="88"/>
+      <c r="E191" s="88"/>
+      <c r="F191" s="89"/>
+      <c r="G191" s="80"/>
+      <c r="H191" s="80"/>
+      <c r="I191" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A192" s="122"/>
-[...7 lines deleted...]
-      <c r="I192" s="151">
+      <c r="A192" s="74"/>
+      <c r="B192" s="87"/>
+      <c r="C192" s="88"/>
+      <c r="D192" s="88"/>
+      <c r="E192" s="88"/>
+      <c r="F192" s="89"/>
+      <c r="G192" s="80"/>
+      <c r="H192" s="80"/>
+      <c r="I192" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A193" s="122"/>
-[...7 lines deleted...]
-      <c r="I193" s="151">
+      <c r="A193" s="74"/>
+      <c r="B193" s="87"/>
+      <c r="C193" s="88"/>
+      <c r="D193" s="88"/>
+      <c r="E193" s="88"/>
+      <c r="F193" s="89"/>
+      <c r="G193" s="80"/>
+      <c r="H193" s="80"/>
+      <c r="I193" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A194" s="122"/>
-[...7 lines deleted...]
-      <c r="I194" s="151">
+      <c r="A194" s="74"/>
+      <c r="B194" s="87"/>
+      <c r="C194" s="88"/>
+      <c r="D194" s="88"/>
+      <c r="E194" s="88"/>
+      <c r="F194" s="89"/>
+      <c r="G194" s="80"/>
+      <c r="H194" s="80"/>
+      <c r="I194" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A195" s="122"/>
-[...7 lines deleted...]
-      <c r="I195" s="151">
+      <c r="A195" s="74"/>
+      <c r="B195" s="87"/>
+      <c r="C195" s="88"/>
+      <c r="D195" s="88"/>
+      <c r="E195" s="88"/>
+      <c r="F195" s="89"/>
+      <c r="G195" s="80"/>
+      <c r="H195" s="80"/>
+      <c r="I195" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A196" s="122"/>
-[...7 lines deleted...]
-      <c r="I196" s="151">
+      <c r="A196" s="74"/>
+      <c r="B196" s="87"/>
+      <c r="C196" s="88"/>
+      <c r="D196" s="88"/>
+      <c r="E196" s="88"/>
+      <c r="F196" s="89"/>
+      <c r="G196" s="80"/>
+      <c r="H196" s="80"/>
+      <c r="I196" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A197" s="122"/>
-[...7 lines deleted...]
-      <c r="I197" s="151">
+      <c r="A197" s="74"/>
+      <c r="B197" s="87"/>
+      <c r="C197" s="88"/>
+      <c r="D197" s="88"/>
+      <c r="E197" s="88"/>
+      <c r="F197" s="89"/>
+      <c r="G197" s="80"/>
+      <c r="H197" s="80"/>
+      <c r="I197" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A198" s="122"/>
-[...7 lines deleted...]
-      <c r="I198" s="151">
+      <c r="A198" s="74"/>
+      <c r="B198" s="87"/>
+      <c r="C198" s="88"/>
+      <c r="D198" s="88"/>
+      <c r="E198" s="88"/>
+      <c r="F198" s="89"/>
+      <c r="G198" s="80"/>
+      <c r="H198" s="80"/>
+      <c r="I198" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A199" s="122"/>
-[...7 lines deleted...]
-      <c r="I199" s="151">
+      <c r="A199" s="74"/>
+      <c r="B199" s="87"/>
+      <c r="C199" s="88"/>
+      <c r="D199" s="88"/>
+      <c r="E199" s="88"/>
+      <c r="F199" s="89"/>
+      <c r="G199" s="80"/>
+      <c r="H199" s="80"/>
+      <c r="I199" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A200" s="122"/>
-[...7 lines deleted...]
-      <c r="I200" s="151">
+      <c r="A200" s="74"/>
+      <c r="B200" s="87"/>
+      <c r="C200" s="88"/>
+      <c r="D200" s="88"/>
+      <c r="E200" s="88"/>
+      <c r="F200" s="89"/>
+      <c r="G200" s="80"/>
+      <c r="H200" s="80"/>
+      <c r="I200" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A201" s="122"/>
-[...7 lines deleted...]
-      <c r="I201" s="151">
+      <c r="A201" s="74"/>
+      <c r="B201" s="87"/>
+      <c r="C201" s="88"/>
+      <c r="D201" s="88"/>
+      <c r="E201" s="88"/>
+      <c r="F201" s="89"/>
+      <c r="G201" s="80"/>
+      <c r="H201" s="80"/>
+      <c r="I201" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A202" s="122"/>
-[...7 lines deleted...]
-      <c r="I202" s="151">
+      <c r="A202" s="74"/>
+      <c r="B202" s="87"/>
+      <c r="C202" s="88"/>
+      <c r="D202" s="88"/>
+      <c r="E202" s="88"/>
+      <c r="F202" s="89"/>
+      <c r="G202" s="80"/>
+      <c r="H202" s="80"/>
+      <c r="I202" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A203" s="122"/>
-[...7 lines deleted...]
-      <c r="I203" s="151">
+      <c r="A203" s="74"/>
+      <c r="B203" s="87"/>
+      <c r="C203" s="88"/>
+      <c r="D203" s="88"/>
+      <c r="E203" s="88"/>
+      <c r="F203" s="89"/>
+      <c r="G203" s="80"/>
+      <c r="H203" s="80"/>
+      <c r="I203" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A204" s="122"/>
-[...7 lines deleted...]
-      <c r="I204" s="151">
+      <c r="A204" s="74"/>
+      <c r="B204" s="87"/>
+      <c r="C204" s="88"/>
+      <c r="D204" s="88"/>
+      <c r="E204" s="88"/>
+      <c r="F204" s="89"/>
+      <c r="G204" s="80"/>
+      <c r="H204" s="80"/>
+      <c r="I204" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A205" s="122"/>
-[...7 lines deleted...]
-      <c r="I205" s="151">
+      <c r="A205" s="74"/>
+      <c r="B205" s="87"/>
+      <c r="C205" s="88"/>
+      <c r="D205" s="88"/>
+      <c r="E205" s="88"/>
+      <c r="F205" s="89"/>
+      <c r="G205" s="80"/>
+      <c r="H205" s="80"/>
+      <c r="I205" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A206" s="122"/>
-[...7 lines deleted...]
-      <c r="I206" s="151">
+      <c r="A206" s="74"/>
+      <c r="B206" s="87"/>
+      <c r="C206" s="88"/>
+      <c r="D206" s="88"/>
+      <c r="E206" s="88"/>
+      <c r="F206" s="89"/>
+      <c r="G206" s="80"/>
+      <c r="H206" s="80"/>
+      <c r="I206" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A207" s="122"/>
-[...7 lines deleted...]
-      <c r="I207" s="151">
+      <c r="A207" s="74"/>
+      <c r="B207" s="87"/>
+      <c r="C207" s="88"/>
+      <c r="D207" s="88"/>
+      <c r="E207" s="88"/>
+      <c r="F207" s="89"/>
+      <c r="G207" s="80"/>
+      <c r="H207" s="80"/>
+      <c r="I207" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A208" s="122"/>
-[...7 lines deleted...]
-      <c r="I208" s="151">
+      <c r="A208" s="74"/>
+      <c r="B208" s="87"/>
+      <c r="C208" s="88"/>
+      <c r="D208" s="88"/>
+      <c r="E208" s="88"/>
+      <c r="F208" s="89"/>
+      <c r="G208" s="80"/>
+      <c r="H208" s="80"/>
+      <c r="I208" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A209" s="122"/>
-[...7 lines deleted...]
-      <c r="I209" s="151">
+      <c r="A209" s="74"/>
+      <c r="B209" s="87"/>
+      <c r="C209" s="88"/>
+      <c r="D209" s="88"/>
+      <c r="E209" s="88"/>
+      <c r="F209" s="89"/>
+      <c r="G209" s="80"/>
+      <c r="H209" s="80"/>
+      <c r="I209" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A210" s="122"/>
-[...7 lines deleted...]
-      <c r="I210" s="151">
+      <c r="A210" s="74"/>
+      <c r="B210" s="87"/>
+      <c r="C210" s="88"/>
+      <c r="D210" s="88"/>
+      <c r="E210" s="88"/>
+      <c r="F210" s="89"/>
+      <c r="G210" s="80"/>
+      <c r="H210" s="80"/>
+      <c r="I210" s="90">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A211" s="122"/>
-[...7 lines deleted...]
-      <c r="I211" s="151">
+      <c r="A211" s="74"/>
+      <c r="B211" s="87"/>
+      <c r="C211" s="88"/>
+      <c r="D211" s="88"/>
+      <c r="E211" s="88"/>
+      <c r="F211" s="89"/>
+      <c r="G211" s="80"/>
+      <c r="H211" s="80"/>
+      <c r="I211" s="90">
         <f t="shared" ref="I211:I274" si="3">G211-H211</f>
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A212" s="122"/>
-[...7 lines deleted...]
-      <c r="I212" s="151">
+      <c r="A212" s="74"/>
+      <c r="B212" s="87"/>
+      <c r="C212" s="88"/>
+      <c r="D212" s="88"/>
+      <c r="E212" s="88"/>
+      <c r="F212" s="89"/>
+      <c r="G212" s="80"/>
+      <c r="H212" s="80"/>
+      <c r="I212" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A213" s="122"/>
-[...7 lines deleted...]
-      <c r="I213" s="151">
+      <c r="A213" s="74"/>
+      <c r="B213" s="87"/>
+      <c r="C213" s="88"/>
+      <c r="D213" s="88"/>
+      <c r="E213" s="88"/>
+      <c r="F213" s="89"/>
+      <c r="G213" s="80"/>
+      <c r="H213" s="80"/>
+      <c r="I213" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A214" s="122"/>
-[...7 lines deleted...]
-      <c r="I214" s="151">
+      <c r="A214" s="74"/>
+      <c r="B214" s="87"/>
+      <c r="C214" s="88"/>
+      <c r="D214" s="88"/>
+      <c r="E214" s="88"/>
+      <c r="F214" s="89"/>
+      <c r="G214" s="80"/>
+      <c r="H214" s="80"/>
+      <c r="I214" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A215" s="122"/>
-[...7 lines deleted...]
-      <c r="I215" s="151">
+      <c r="A215" s="74"/>
+      <c r="B215" s="87"/>
+      <c r="C215" s="88"/>
+      <c r="D215" s="88"/>
+      <c r="E215" s="88"/>
+      <c r="F215" s="89"/>
+      <c r="G215" s="80"/>
+      <c r="H215" s="80"/>
+      <c r="I215" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A216" s="122"/>
-[...7 lines deleted...]
-      <c r="I216" s="151">
+      <c r="A216" s="74"/>
+      <c r="B216" s="87"/>
+      <c r="C216" s="88"/>
+      <c r="D216" s="88"/>
+      <c r="E216" s="88"/>
+      <c r="F216" s="89"/>
+      <c r="G216" s="80"/>
+      <c r="H216" s="80"/>
+      <c r="I216" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A217" s="122"/>
-[...7 lines deleted...]
-      <c r="I217" s="151">
+      <c r="A217" s="74"/>
+      <c r="B217" s="87"/>
+      <c r="C217" s="88"/>
+      <c r="D217" s="88"/>
+      <c r="E217" s="88"/>
+      <c r="F217" s="89"/>
+      <c r="G217" s="80"/>
+      <c r="H217" s="80"/>
+      <c r="I217" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A218" s="122"/>
-[...7 lines deleted...]
-      <c r="I218" s="151">
+      <c r="A218" s="74"/>
+      <c r="B218" s="87"/>
+      <c r="C218" s="88"/>
+      <c r="D218" s="88"/>
+      <c r="E218" s="88"/>
+      <c r="F218" s="89"/>
+      <c r="G218" s="80"/>
+      <c r="H218" s="80"/>
+      <c r="I218" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A219" s="122"/>
-[...7 lines deleted...]
-      <c r="I219" s="151">
+      <c r="A219" s="74"/>
+      <c r="B219" s="87"/>
+      <c r="C219" s="88"/>
+      <c r="D219" s="88"/>
+      <c r="E219" s="88"/>
+      <c r="F219" s="89"/>
+      <c r="G219" s="80"/>
+      <c r="H219" s="80"/>
+      <c r="I219" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A220" s="122"/>
-[...7 lines deleted...]
-      <c r="I220" s="151">
+      <c r="A220" s="74"/>
+      <c r="B220" s="87"/>
+      <c r="C220" s="88"/>
+      <c r="D220" s="88"/>
+      <c r="E220" s="88"/>
+      <c r="F220" s="89"/>
+      <c r="G220" s="80"/>
+      <c r="H220" s="80"/>
+      <c r="I220" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A221" s="122"/>
-[...7 lines deleted...]
-      <c r="I221" s="151">
+      <c r="A221" s="74"/>
+      <c r="B221" s="87"/>
+      <c r="C221" s="88"/>
+      <c r="D221" s="88"/>
+      <c r="E221" s="88"/>
+      <c r="F221" s="89"/>
+      <c r="G221" s="80"/>
+      <c r="H221" s="80"/>
+      <c r="I221" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A222" s="122"/>
-[...7 lines deleted...]
-      <c r="I222" s="151">
+      <c r="A222" s="74"/>
+      <c r="B222" s="87"/>
+      <c r="C222" s="88"/>
+      <c r="D222" s="88"/>
+      <c r="E222" s="88"/>
+      <c r="F222" s="89"/>
+      <c r="G222" s="80"/>
+      <c r="H222" s="80"/>
+      <c r="I222" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A223" s="122"/>
-[...7 lines deleted...]
-      <c r="I223" s="151">
+      <c r="A223" s="74"/>
+      <c r="B223" s="87"/>
+      <c r="C223" s="88"/>
+      <c r="D223" s="88"/>
+      <c r="E223" s="88"/>
+      <c r="F223" s="89"/>
+      <c r="G223" s="80"/>
+      <c r="H223" s="80"/>
+      <c r="I223" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A224" s="122"/>
-[...7 lines deleted...]
-      <c r="I224" s="151">
+      <c r="A224" s="74"/>
+      <c r="B224" s="87"/>
+      <c r="C224" s="88"/>
+      <c r="D224" s="88"/>
+      <c r="E224" s="88"/>
+      <c r="F224" s="89"/>
+      <c r="G224" s="80"/>
+      <c r="H224" s="80"/>
+      <c r="I224" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A225" s="122"/>
-[...7 lines deleted...]
-      <c r="I225" s="151">
+      <c r="A225" s="74"/>
+      <c r="B225" s="87"/>
+      <c r="C225" s="88"/>
+      <c r="D225" s="88"/>
+      <c r="E225" s="88"/>
+      <c r="F225" s="89"/>
+      <c r="G225" s="80"/>
+      <c r="H225" s="80"/>
+      <c r="I225" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A226" s="122"/>
-[...7 lines deleted...]
-      <c r="I226" s="151">
+      <c r="A226" s="74"/>
+      <c r="B226" s="87"/>
+      <c r="C226" s="88"/>
+      <c r="D226" s="88"/>
+      <c r="E226" s="88"/>
+      <c r="F226" s="89"/>
+      <c r="G226" s="80"/>
+      <c r="H226" s="80"/>
+      <c r="I226" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A227" s="122"/>
-[...7 lines deleted...]
-      <c r="I227" s="151">
+      <c r="A227" s="74"/>
+      <c r="B227" s="87"/>
+      <c r="C227" s="88"/>
+      <c r="D227" s="88"/>
+      <c r="E227" s="88"/>
+      <c r="F227" s="89"/>
+      <c r="G227" s="80"/>
+      <c r="H227" s="80"/>
+      <c r="I227" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A228" s="122"/>
-[...7 lines deleted...]
-      <c r="I228" s="151">
+      <c r="A228" s="74"/>
+      <c r="B228" s="87"/>
+      <c r="C228" s="88"/>
+      <c r="D228" s="88"/>
+      <c r="E228" s="88"/>
+      <c r="F228" s="89"/>
+      <c r="G228" s="80"/>
+      <c r="H228" s="80"/>
+      <c r="I228" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A229" s="122"/>
-[...7 lines deleted...]
-      <c r="I229" s="151">
+      <c r="A229" s="74"/>
+      <c r="B229" s="87"/>
+      <c r="C229" s="88"/>
+      <c r="D229" s="88"/>
+      <c r="E229" s="88"/>
+      <c r="F229" s="89"/>
+      <c r="G229" s="80"/>
+      <c r="H229" s="80"/>
+      <c r="I229" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A230" s="122"/>
-[...7 lines deleted...]
-      <c r="I230" s="151">
+      <c r="A230" s="74"/>
+      <c r="B230" s="87"/>
+      <c r="C230" s="88"/>
+      <c r="D230" s="88"/>
+      <c r="E230" s="88"/>
+      <c r="F230" s="89"/>
+      <c r="G230" s="80"/>
+      <c r="H230" s="80"/>
+      <c r="I230" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A231" s="122"/>
-[...7 lines deleted...]
-      <c r="I231" s="151">
+      <c r="A231" s="74"/>
+      <c r="B231" s="87"/>
+      <c r="C231" s="88"/>
+      <c r="D231" s="88"/>
+      <c r="E231" s="88"/>
+      <c r="F231" s="89"/>
+      <c r="G231" s="80"/>
+      <c r="H231" s="80"/>
+      <c r="I231" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A232" s="122"/>
-[...7 lines deleted...]
-      <c r="I232" s="151">
+      <c r="A232" s="74"/>
+      <c r="B232" s="87"/>
+      <c r="C232" s="88"/>
+      <c r="D232" s="88"/>
+      <c r="E232" s="88"/>
+      <c r="F232" s="89"/>
+      <c r="G232" s="80"/>
+      <c r="H232" s="80"/>
+      <c r="I232" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A233" s="122"/>
-[...7 lines deleted...]
-      <c r="I233" s="151">
+      <c r="A233" s="74"/>
+      <c r="B233" s="87"/>
+      <c r="C233" s="88"/>
+      <c r="D233" s="88"/>
+      <c r="E233" s="88"/>
+      <c r="F233" s="89"/>
+      <c r="G233" s="80"/>
+      <c r="H233" s="80"/>
+      <c r="I233" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A234" s="122"/>
-[...7 lines deleted...]
-      <c r="I234" s="151">
+      <c r="A234" s="74"/>
+      <c r="B234" s="87"/>
+      <c r="C234" s="88"/>
+      <c r="D234" s="88"/>
+      <c r="E234" s="88"/>
+      <c r="F234" s="89"/>
+      <c r="G234" s="80"/>
+      <c r="H234" s="80"/>
+      <c r="I234" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A235" s="122"/>
-[...7 lines deleted...]
-      <c r="I235" s="151">
+      <c r="A235" s="74"/>
+      <c r="B235" s="87"/>
+      <c r="C235" s="88"/>
+      <c r="D235" s="88"/>
+      <c r="E235" s="88"/>
+      <c r="F235" s="89"/>
+      <c r="G235" s="80"/>
+      <c r="H235" s="80"/>
+      <c r="I235" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A236" s="122"/>
-[...7 lines deleted...]
-      <c r="I236" s="151">
+      <c r="A236" s="74"/>
+      <c r="B236" s="87"/>
+      <c r="C236" s="88"/>
+      <c r="D236" s="88"/>
+      <c r="E236" s="88"/>
+      <c r="F236" s="89"/>
+      <c r="G236" s="80"/>
+      <c r="H236" s="80"/>
+      <c r="I236" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A237" s="122"/>
-[...7 lines deleted...]
-      <c r="I237" s="151">
+      <c r="A237" s="74"/>
+      <c r="B237" s="87"/>
+      <c r="C237" s="88"/>
+      <c r="D237" s="88"/>
+      <c r="E237" s="88"/>
+      <c r="F237" s="89"/>
+      <c r="G237" s="80"/>
+      <c r="H237" s="80"/>
+      <c r="I237" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A238" s="122"/>
-[...7 lines deleted...]
-      <c r="I238" s="151">
+      <c r="A238" s="74"/>
+      <c r="B238" s="87"/>
+      <c r="C238" s="88"/>
+      <c r="D238" s="88"/>
+      <c r="E238" s="88"/>
+      <c r="F238" s="89"/>
+      <c r="G238" s="80"/>
+      <c r="H238" s="80"/>
+      <c r="I238" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A239" s="122"/>
-[...7 lines deleted...]
-      <c r="I239" s="151">
+      <c r="A239" s="74"/>
+      <c r="B239" s="87"/>
+      <c r="C239" s="88"/>
+      <c r="D239" s="88"/>
+      <c r="E239" s="88"/>
+      <c r="F239" s="89"/>
+      <c r="G239" s="80"/>
+      <c r="H239" s="80"/>
+      <c r="I239" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A240" s="122"/>
-[...7 lines deleted...]
-      <c r="I240" s="151">
+      <c r="A240" s="74"/>
+      <c r="B240" s="87"/>
+      <c r="C240" s="88"/>
+      <c r="D240" s="88"/>
+      <c r="E240" s="88"/>
+      <c r="F240" s="89"/>
+      <c r="G240" s="80"/>
+      <c r="H240" s="80"/>
+      <c r="I240" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A241" s="122"/>
-[...7 lines deleted...]
-      <c r="I241" s="151">
+      <c r="A241" s="74"/>
+      <c r="B241" s="87"/>
+      <c r="C241" s="88"/>
+      <c r="D241" s="88"/>
+      <c r="E241" s="88"/>
+      <c r="F241" s="89"/>
+      <c r="G241" s="80"/>
+      <c r="H241" s="80"/>
+      <c r="I241" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A242" s="122"/>
-[...7 lines deleted...]
-      <c r="I242" s="151">
+      <c r="A242" s="74"/>
+      <c r="B242" s="87"/>
+      <c r="C242" s="88"/>
+      <c r="D242" s="88"/>
+      <c r="E242" s="88"/>
+      <c r="F242" s="89"/>
+      <c r="G242" s="80"/>
+      <c r="H242" s="80"/>
+      <c r="I242" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A243" s="122"/>
-[...7 lines deleted...]
-      <c r="I243" s="151">
+      <c r="A243" s="74"/>
+      <c r="B243" s="87"/>
+      <c r="C243" s="88"/>
+      <c r="D243" s="88"/>
+      <c r="E243" s="88"/>
+      <c r="F243" s="89"/>
+      <c r="G243" s="80"/>
+      <c r="H243" s="80"/>
+      <c r="I243" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A244" s="122"/>
-[...7 lines deleted...]
-      <c r="I244" s="151">
+      <c r="A244" s="74"/>
+      <c r="B244" s="87"/>
+      <c r="C244" s="88"/>
+      <c r="D244" s="88"/>
+      <c r="E244" s="88"/>
+      <c r="F244" s="89"/>
+      <c r="G244" s="80"/>
+      <c r="H244" s="80"/>
+      <c r="I244" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A245" s="122"/>
-[...7 lines deleted...]
-      <c r="I245" s="151">
+      <c r="A245" s="74"/>
+      <c r="B245" s="87"/>
+      <c r="C245" s="88"/>
+      <c r="D245" s="88"/>
+      <c r="E245" s="88"/>
+      <c r="F245" s="89"/>
+      <c r="G245" s="80"/>
+      <c r="H245" s="80"/>
+      <c r="I245" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A246" s="122"/>
-[...7 lines deleted...]
-      <c r="I246" s="151">
+      <c r="A246" s="74"/>
+      <c r="B246" s="87"/>
+      <c r="C246" s="88"/>
+      <c r="D246" s="88"/>
+      <c r="E246" s="88"/>
+      <c r="F246" s="89"/>
+      <c r="G246" s="80"/>
+      <c r="H246" s="80"/>
+      <c r="I246" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A247" s="122"/>
-[...7 lines deleted...]
-      <c r="I247" s="151">
+      <c r="A247" s="74"/>
+      <c r="B247" s="87"/>
+      <c r="C247" s="88"/>
+      <c r="D247" s="88"/>
+      <c r="E247" s="88"/>
+      <c r="F247" s="89"/>
+      <c r="G247" s="80"/>
+      <c r="H247" s="80"/>
+      <c r="I247" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A248" s="122"/>
-[...7 lines deleted...]
-      <c r="I248" s="151">
+      <c r="A248" s="74"/>
+      <c r="B248" s="87"/>
+      <c r="C248" s="88"/>
+      <c r="D248" s="88"/>
+      <c r="E248" s="88"/>
+      <c r="F248" s="89"/>
+      <c r="G248" s="80"/>
+      <c r="H248" s="80"/>
+      <c r="I248" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A249" s="122"/>
-[...7 lines deleted...]
-      <c r="I249" s="151">
+      <c r="A249" s="74"/>
+      <c r="B249" s="87"/>
+      <c r="C249" s="88"/>
+      <c r="D249" s="88"/>
+      <c r="E249" s="88"/>
+      <c r="F249" s="89"/>
+      <c r="G249" s="80"/>
+      <c r="H249" s="80"/>
+      <c r="I249" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A250" s="122"/>
-[...7 lines deleted...]
-      <c r="I250" s="151">
+      <c r="A250" s="74"/>
+      <c r="B250" s="87"/>
+      <c r="C250" s="88"/>
+      <c r="D250" s="88"/>
+      <c r="E250" s="88"/>
+      <c r="F250" s="89"/>
+      <c r="G250" s="80"/>
+      <c r="H250" s="80"/>
+      <c r="I250" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A251" s="122"/>
-[...7 lines deleted...]
-      <c r="I251" s="151">
+      <c r="A251" s="74"/>
+      <c r="B251" s="87"/>
+      <c r="C251" s="88"/>
+      <c r="D251" s="88"/>
+      <c r="E251" s="88"/>
+      <c r="F251" s="89"/>
+      <c r="G251" s="80"/>
+      <c r="H251" s="80"/>
+      <c r="I251" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A252" s="122"/>
-[...7 lines deleted...]
-      <c r="I252" s="151">
+      <c r="A252" s="74"/>
+      <c r="B252" s="87"/>
+      <c r="C252" s="88"/>
+      <c r="D252" s="88"/>
+      <c r="E252" s="88"/>
+      <c r="F252" s="89"/>
+      <c r="G252" s="80"/>
+      <c r="H252" s="80"/>
+      <c r="I252" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A253" s="122"/>
-[...7 lines deleted...]
-      <c r="I253" s="151">
+      <c r="A253" s="74"/>
+      <c r="B253" s="87"/>
+      <c r="C253" s="88"/>
+      <c r="D253" s="88"/>
+      <c r="E253" s="88"/>
+      <c r="F253" s="89"/>
+      <c r="G253" s="80"/>
+      <c r="H253" s="80"/>
+      <c r="I253" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A254" s="122"/>
-[...7 lines deleted...]
-      <c r="I254" s="151">
+      <c r="A254" s="74"/>
+      <c r="B254" s="87"/>
+      <c r="C254" s="88"/>
+      <c r="D254" s="88"/>
+      <c r="E254" s="88"/>
+      <c r="F254" s="89"/>
+      <c r="G254" s="80"/>
+      <c r="H254" s="80"/>
+      <c r="I254" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A255" s="122"/>
-[...7 lines deleted...]
-      <c r="I255" s="151">
+      <c r="A255" s="74"/>
+      <c r="B255" s="87"/>
+      <c r="C255" s="88"/>
+      <c r="D255" s="88"/>
+      <c r="E255" s="88"/>
+      <c r="F255" s="89"/>
+      <c r="G255" s="80"/>
+      <c r="H255" s="80"/>
+      <c r="I255" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A256" s="122"/>
-[...7 lines deleted...]
-      <c r="I256" s="151">
+      <c r="A256" s="74"/>
+      <c r="B256" s="87"/>
+      <c r="C256" s="88"/>
+      <c r="D256" s="88"/>
+      <c r="E256" s="88"/>
+      <c r="F256" s="89"/>
+      <c r="G256" s="80"/>
+      <c r="H256" s="80"/>
+      <c r="I256" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A257" s="122"/>
-[...7 lines deleted...]
-      <c r="I257" s="151">
+      <c r="A257" s="74"/>
+      <c r="B257" s="87"/>
+      <c r="C257" s="88"/>
+      <c r="D257" s="88"/>
+      <c r="E257" s="88"/>
+      <c r="F257" s="89"/>
+      <c r="G257" s="80"/>
+      <c r="H257" s="80"/>
+      <c r="I257" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A258" s="122"/>
-[...7 lines deleted...]
-      <c r="I258" s="151">
+      <c r="A258" s="74"/>
+      <c r="B258" s="87"/>
+      <c r="C258" s="88"/>
+      <c r="D258" s="88"/>
+      <c r="E258" s="88"/>
+      <c r="F258" s="89"/>
+      <c r="G258" s="80"/>
+      <c r="H258" s="80"/>
+      <c r="I258" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A259" s="122"/>
-[...7 lines deleted...]
-      <c r="I259" s="151">
+      <c r="A259" s="74"/>
+      <c r="B259" s="87"/>
+      <c r="C259" s="88"/>
+      <c r="D259" s="88"/>
+      <c r="E259" s="88"/>
+      <c r="F259" s="89"/>
+      <c r="G259" s="80"/>
+      <c r="H259" s="80"/>
+      <c r="I259" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A260" s="122"/>
-[...7 lines deleted...]
-      <c r="I260" s="151">
+      <c r="A260" s="74"/>
+      <c r="B260" s="87"/>
+      <c r="C260" s="88"/>
+      <c r="D260" s="88"/>
+      <c r="E260" s="88"/>
+      <c r="F260" s="89"/>
+      <c r="G260" s="80"/>
+      <c r="H260" s="80"/>
+      <c r="I260" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A261" s="122"/>
-[...7 lines deleted...]
-      <c r="I261" s="151">
+      <c r="A261" s="74"/>
+      <c r="B261" s="87"/>
+      <c r="C261" s="88"/>
+      <c r="D261" s="88"/>
+      <c r="E261" s="88"/>
+      <c r="F261" s="89"/>
+      <c r="G261" s="80"/>
+      <c r="H261" s="80"/>
+      <c r="I261" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A262" s="122"/>
-[...7 lines deleted...]
-      <c r="I262" s="151">
+      <c r="A262" s="74"/>
+      <c r="B262" s="87"/>
+      <c r="C262" s="88"/>
+      <c r="D262" s="88"/>
+      <c r="E262" s="88"/>
+      <c r="F262" s="89"/>
+      <c r="G262" s="80"/>
+      <c r="H262" s="80"/>
+      <c r="I262" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A263" s="122"/>
-[...7 lines deleted...]
-      <c r="I263" s="151">
+      <c r="A263" s="74"/>
+      <c r="B263" s="87"/>
+      <c r="C263" s="88"/>
+      <c r="D263" s="88"/>
+      <c r="E263" s="88"/>
+      <c r="F263" s="89"/>
+      <c r="G263" s="80"/>
+      <c r="H263" s="80"/>
+      <c r="I263" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A264" s="122"/>
-[...7 lines deleted...]
-      <c r="I264" s="151">
+      <c r="A264" s="74"/>
+      <c r="B264" s="87"/>
+      <c r="C264" s="88"/>
+      <c r="D264" s="88"/>
+      <c r="E264" s="88"/>
+      <c r="F264" s="89"/>
+      <c r="G264" s="80"/>
+      <c r="H264" s="80"/>
+      <c r="I264" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A265" s="122"/>
-[...7 lines deleted...]
-      <c r="I265" s="151">
+      <c r="A265" s="74"/>
+      <c r="B265" s="87"/>
+      <c r="C265" s="88"/>
+      <c r="D265" s="88"/>
+      <c r="E265" s="88"/>
+      <c r="F265" s="89"/>
+      <c r="G265" s="80"/>
+      <c r="H265" s="80"/>
+      <c r="I265" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A266" s="122"/>
-[...7 lines deleted...]
-      <c r="I266" s="151">
+      <c r="A266" s="74"/>
+      <c r="B266" s="87"/>
+      <c r="C266" s="88"/>
+      <c r="D266" s="88"/>
+      <c r="E266" s="88"/>
+      <c r="F266" s="89"/>
+      <c r="G266" s="80"/>
+      <c r="H266" s="80"/>
+      <c r="I266" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A267" s="122"/>
-[...7 lines deleted...]
-      <c r="I267" s="151">
+      <c r="A267" s="74"/>
+      <c r="B267" s="87"/>
+      <c r="C267" s="88"/>
+      <c r="D267" s="88"/>
+      <c r="E267" s="88"/>
+      <c r="F267" s="89"/>
+      <c r="G267" s="80"/>
+      <c r="H267" s="80"/>
+      <c r="I267" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A268" s="122"/>
-[...7 lines deleted...]
-      <c r="I268" s="151">
+      <c r="A268" s="74"/>
+      <c r="B268" s="87"/>
+      <c r="C268" s="88"/>
+      <c r="D268" s="88"/>
+      <c r="E268" s="88"/>
+      <c r="F268" s="89"/>
+      <c r="G268" s="80"/>
+      <c r="H268" s="80"/>
+      <c r="I268" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A269" s="122"/>
-[...7 lines deleted...]
-      <c r="I269" s="151">
+      <c r="A269" s="74"/>
+      <c r="B269" s="87"/>
+      <c r="C269" s="88"/>
+      <c r="D269" s="88"/>
+      <c r="E269" s="88"/>
+      <c r="F269" s="89"/>
+      <c r="G269" s="80"/>
+      <c r="H269" s="80"/>
+      <c r="I269" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A270" s="122"/>
-[...7 lines deleted...]
-      <c r="I270" s="151">
+      <c r="A270" s="74"/>
+      <c r="B270" s="87"/>
+      <c r="C270" s="88"/>
+      <c r="D270" s="88"/>
+      <c r="E270" s="88"/>
+      <c r="F270" s="89"/>
+      <c r="G270" s="80"/>
+      <c r="H270" s="80"/>
+      <c r="I270" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A271" s="122"/>
-[...7 lines deleted...]
-      <c r="I271" s="151">
+      <c r="A271" s="74"/>
+      <c r="B271" s="87"/>
+      <c r="C271" s="88"/>
+      <c r="D271" s="88"/>
+      <c r="E271" s="88"/>
+      <c r="F271" s="89"/>
+      <c r="G271" s="80"/>
+      <c r="H271" s="80"/>
+      <c r="I271" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A272" s="122"/>
-[...7 lines deleted...]
-      <c r="I272" s="151">
+      <c r="A272" s="74"/>
+      <c r="B272" s="87"/>
+      <c r="C272" s="88"/>
+      <c r="D272" s="88"/>
+      <c r="E272" s="88"/>
+      <c r="F272" s="89"/>
+      <c r="G272" s="80"/>
+      <c r="H272" s="80"/>
+      <c r="I272" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A273" s="122"/>
-[...7 lines deleted...]
-      <c r="I273" s="151">
+      <c r="A273" s="74"/>
+      <c r="B273" s="87"/>
+      <c r="C273" s="88"/>
+      <c r="D273" s="88"/>
+      <c r="E273" s="88"/>
+      <c r="F273" s="89"/>
+      <c r="G273" s="80"/>
+      <c r="H273" s="80"/>
+      <c r="I273" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A274" s="122"/>
-[...7 lines deleted...]
-      <c r="I274" s="151">
+      <c r="A274" s="74"/>
+      <c r="B274" s="87"/>
+      <c r="C274" s="88"/>
+      <c r="D274" s="88"/>
+      <c r="E274" s="88"/>
+      <c r="F274" s="89"/>
+      <c r="G274" s="80"/>
+      <c r="H274" s="80"/>
+      <c r="I274" s="90">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A275" s="122"/>
-[...7 lines deleted...]
-      <c r="I275" s="151">
+      <c r="A275" s="74"/>
+      <c r="B275" s="87"/>
+      <c r="C275" s="88"/>
+      <c r="D275" s="88"/>
+      <c r="E275" s="88"/>
+      <c r="F275" s="89"/>
+      <c r="G275" s="80"/>
+      <c r="H275" s="80"/>
+      <c r="I275" s="90">
         <f t="shared" ref="I275:I338" si="4">G275-H275</f>
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A276" s="122"/>
-[...7 lines deleted...]
-      <c r="I276" s="151">
+      <c r="A276" s="74"/>
+      <c r="B276" s="87"/>
+      <c r="C276" s="88"/>
+      <c r="D276" s="88"/>
+      <c r="E276" s="88"/>
+      <c r="F276" s="89"/>
+      <c r="G276" s="80"/>
+      <c r="H276" s="80"/>
+      <c r="I276" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A277" s="122"/>
-[...7 lines deleted...]
-      <c r="I277" s="151">
+      <c r="A277" s="74"/>
+      <c r="B277" s="87"/>
+      <c r="C277" s="88"/>
+      <c r="D277" s="88"/>
+      <c r="E277" s="88"/>
+      <c r="F277" s="89"/>
+      <c r="G277" s="80"/>
+      <c r="H277" s="80"/>
+      <c r="I277" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A278" s="122"/>
-[...7 lines deleted...]
-      <c r="I278" s="151">
+      <c r="A278" s="74"/>
+      <c r="B278" s="87"/>
+      <c r="C278" s="88"/>
+      <c r="D278" s="88"/>
+      <c r="E278" s="88"/>
+      <c r="F278" s="89"/>
+      <c r="G278" s="80"/>
+      <c r="H278" s="80"/>
+      <c r="I278" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A279" s="122"/>
-[...7 lines deleted...]
-      <c r="I279" s="151">
+      <c r="A279" s="74"/>
+      <c r="B279" s="87"/>
+      <c r="C279" s="88"/>
+      <c r="D279" s="88"/>
+      <c r="E279" s="88"/>
+      <c r="F279" s="89"/>
+      <c r="G279" s="80"/>
+      <c r="H279" s="80"/>
+      <c r="I279" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A280" s="122"/>
-[...7 lines deleted...]
-      <c r="I280" s="151">
+      <c r="A280" s="74"/>
+      <c r="B280" s="87"/>
+      <c r="C280" s="88"/>
+      <c r="D280" s="88"/>
+      <c r="E280" s="88"/>
+      <c r="F280" s="89"/>
+      <c r="G280" s="80"/>
+      <c r="H280" s="80"/>
+      <c r="I280" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A281" s="122"/>
-[...7 lines deleted...]
-      <c r="I281" s="151">
+      <c r="A281" s="74"/>
+      <c r="B281" s="87"/>
+      <c r="C281" s="88"/>
+      <c r="D281" s="88"/>
+      <c r="E281" s="88"/>
+      <c r="F281" s="89"/>
+      <c r="G281" s="80"/>
+      <c r="H281" s="80"/>
+      <c r="I281" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A282" s="122"/>
-[...7 lines deleted...]
-      <c r="I282" s="151">
+      <c r="A282" s="74"/>
+      <c r="B282" s="87"/>
+      <c r="C282" s="88"/>
+      <c r="D282" s="88"/>
+      <c r="E282" s="88"/>
+      <c r="F282" s="89"/>
+      <c r="G282" s="80"/>
+      <c r="H282" s="80"/>
+      <c r="I282" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A283" s="122"/>
-[...7 lines deleted...]
-      <c r="I283" s="151">
+      <c r="A283" s="74"/>
+      <c r="B283" s="87"/>
+      <c r="C283" s="88"/>
+      <c r="D283" s="88"/>
+      <c r="E283" s="88"/>
+      <c r="F283" s="89"/>
+      <c r="G283" s="80"/>
+      <c r="H283" s="80"/>
+      <c r="I283" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A284" s="122"/>
-[...7 lines deleted...]
-      <c r="I284" s="151">
+      <c r="A284" s="74"/>
+      <c r="B284" s="87"/>
+      <c r="C284" s="88"/>
+      <c r="D284" s="88"/>
+      <c r="E284" s="88"/>
+      <c r="F284" s="89"/>
+      <c r="G284" s="80"/>
+      <c r="H284" s="80"/>
+      <c r="I284" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A285" s="122"/>
-[...7 lines deleted...]
-      <c r="I285" s="151">
+      <c r="A285" s="74"/>
+      <c r="B285" s="87"/>
+      <c r="C285" s="88"/>
+      <c r="D285" s="88"/>
+      <c r="E285" s="88"/>
+      <c r="F285" s="89"/>
+      <c r="G285" s="80"/>
+      <c r="H285" s="80"/>
+      <c r="I285" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A286" s="122"/>
-[...7 lines deleted...]
-      <c r="I286" s="151">
+      <c r="A286" s="74"/>
+      <c r="B286" s="87"/>
+      <c r="C286" s="88"/>
+      <c r="D286" s="88"/>
+      <c r="E286" s="88"/>
+      <c r="F286" s="89"/>
+      <c r="G286" s="80"/>
+      <c r="H286" s="80"/>
+      <c r="I286" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A287" s="122"/>
-[...7 lines deleted...]
-      <c r="I287" s="151">
+      <c r="A287" s="74"/>
+      <c r="B287" s="87"/>
+      <c r="C287" s="88"/>
+      <c r="D287" s="88"/>
+      <c r="E287" s="88"/>
+      <c r="F287" s="89"/>
+      <c r="G287" s="80"/>
+      <c r="H287" s="80"/>
+      <c r="I287" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A288" s="122"/>
-[...7 lines deleted...]
-      <c r="I288" s="151">
+      <c r="A288" s="74"/>
+      <c r="B288" s="87"/>
+      <c r="C288" s="88"/>
+      <c r="D288" s="88"/>
+      <c r="E288" s="88"/>
+      <c r="F288" s="89"/>
+      <c r="G288" s="80"/>
+      <c r="H288" s="80"/>
+      <c r="I288" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A289" s="122"/>
-[...7 lines deleted...]
-      <c r="I289" s="151">
+      <c r="A289" s="74"/>
+      <c r="B289" s="87"/>
+      <c r="C289" s="88"/>
+      <c r="D289" s="88"/>
+      <c r="E289" s="88"/>
+      <c r="F289" s="89"/>
+      <c r="G289" s="80"/>
+      <c r="H289" s="80"/>
+      <c r="I289" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A290" s="122"/>
-[...7 lines deleted...]
-      <c r="I290" s="151">
+      <c r="A290" s="74"/>
+      <c r="B290" s="87"/>
+      <c r="C290" s="88"/>
+      <c r="D290" s="88"/>
+      <c r="E290" s="88"/>
+      <c r="F290" s="89"/>
+      <c r="G290" s="80"/>
+      <c r="H290" s="80"/>
+      <c r="I290" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A291" s="122"/>
-[...7 lines deleted...]
-      <c r="I291" s="151">
+      <c r="A291" s="74"/>
+      <c r="B291" s="87"/>
+      <c r="C291" s="88"/>
+      <c r="D291" s="88"/>
+      <c r="E291" s="88"/>
+      <c r="F291" s="89"/>
+      <c r="G291" s="80"/>
+      <c r="H291" s="80"/>
+      <c r="I291" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A292" s="122"/>
-[...7 lines deleted...]
-      <c r="I292" s="151">
+      <c r="A292" s="74"/>
+      <c r="B292" s="87"/>
+      <c r="C292" s="88"/>
+      <c r="D292" s="88"/>
+      <c r="E292" s="88"/>
+      <c r="F292" s="89"/>
+      <c r="G292" s="80"/>
+      <c r="H292" s="80"/>
+      <c r="I292" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A293" s="122"/>
-[...7 lines deleted...]
-      <c r="I293" s="151">
+      <c r="A293" s="74"/>
+      <c r="B293" s="87"/>
+      <c r="C293" s="88"/>
+      <c r="D293" s="88"/>
+      <c r="E293" s="88"/>
+      <c r="F293" s="89"/>
+      <c r="G293" s="80"/>
+      <c r="H293" s="80"/>
+      <c r="I293" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A294" s="122"/>
-[...7 lines deleted...]
-      <c r="I294" s="151">
+      <c r="A294" s="74"/>
+      <c r="B294" s="87"/>
+      <c r="C294" s="88"/>
+      <c r="D294" s="88"/>
+      <c r="E294" s="88"/>
+      <c r="F294" s="89"/>
+      <c r="G294" s="80"/>
+      <c r="H294" s="80"/>
+      <c r="I294" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A295" s="122"/>
-[...7 lines deleted...]
-      <c r="I295" s="151">
+      <c r="A295" s="74"/>
+      <c r="B295" s="87"/>
+      <c r="C295" s="88"/>
+      <c r="D295" s="88"/>
+      <c r="E295" s="88"/>
+      <c r="F295" s="89"/>
+      <c r="G295" s="80"/>
+      <c r="H295" s="80"/>
+      <c r="I295" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A296" s="122"/>
-[...7 lines deleted...]
-      <c r="I296" s="151">
+      <c r="A296" s="74"/>
+      <c r="B296" s="87"/>
+      <c r="C296" s="88"/>
+      <c r="D296" s="88"/>
+      <c r="E296" s="88"/>
+      <c r="F296" s="89"/>
+      <c r="G296" s="80"/>
+      <c r="H296" s="80"/>
+      <c r="I296" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A297" s="122"/>
-[...7 lines deleted...]
-      <c r="I297" s="151">
+      <c r="A297" s="74"/>
+      <c r="B297" s="87"/>
+      <c r="C297" s="88"/>
+      <c r="D297" s="88"/>
+      <c r="E297" s="88"/>
+      <c r="F297" s="89"/>
+      <c r="G297" s="80"/>
+      <c r="H297" s="80"/>
+      <c r="I297" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A298" s="122"/>
-[...7 lines deleted...]
-      <c r="I298" s="151">
+      <c r="A298" s="74"/>
+      <c r="B298" s="87"/>
+      <c r="C298" s="88"/>
+      <c r="D298" s="88"/>
+      <c r="E298" s="88"/>
+      <c r="F298" s="89"/>
+      <c r="G298" s="80"/>
+      <c r="H298" s="80"/>
+      <c r="I298" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A299" s="122"/>
-[...7 lines deleted...]
-      <c r="I299" s="151">
+      <c r="A299" s="74"/>
+      <c r="B299" s="87"/>
+      <c r="C299" s="88"/>
+      <c r="D299" s="88"/>
+      <c r="E299" s="88"/>
+      <c r="F299" s="89"/>
+      <c r="G299" s="80"/>
+      <c r="H299" s="80"/>
+      <c r="I299" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A300" s="122"/>
-[...7 lines deleted...]
-      <c r="I300" s="151">
+      <c r="A300" s="74"/>
+      <c r="B300" s="87"/>
+      <c r="C300" s="88"/>
+      <c r="D300" s="88"/>
+      <c r="E300" s="88"/>
+      <c r="F300" s="89"/>
+      <c r="G300" s="80"/>
+      <c r="H300" s="80"/>
+      <c r="I300" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A301" s="122"/>
-[...7 lines deleted...]
-      <c r="I301" s="151">
+      <c r="A301" s="74"/>
+      <c r="B301" s="87"/>
+      <c r="C301" s="88"/>
+      <c r="D301" s="88"/>
+      <c r="E301" s="88"/>
+      <c r="F301" s="89"/>
+      <c r="G301" s="80"/>
+      <c r="H301" s="80"/>
+      <c r="I301" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A302" s="122"/>
-[...7 lines deleted...]
-      <c r="I302" s="151">
+      <c r="A302" s="74"/>
+      <c r="B302" s="87"/>
+      <c r="C302" s="88"/>
+      <c r="D302" s="88"/>
+      <c r="E302" s="88"/>
+      <c r="F302" s="89"/>
+      <c r="G302" s="80"/>
+      <c r="H302" s="80"/>
+      <c r="I302" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A303" s="122"/>
-[...7 lines deleted...]
-      <c r="I303" s="151">
+      <c r="A303" s="74"/>
+      <c r="B303" s="87"/>
+      <c r="C303" s="88"/>
+      <c r="D303" s="88"/>
+      <c r="E303" s="88"/>
+      <c r="F303" s="89"/>
+      <c r="G303" s="80"/>
+      <c r="H303" s="80"/>
+      <c r="I303" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A304" s="122"/>
-[...7 lines deleted...]
-      <c r="I304" s="151">
+      <c r="A304" s="74"/>
+      <c r="B304" s="87"/>
+      <c r="C304" s="88"/>
+      <c r="D304" s="88"/>
+      <c r="E304" s="88"/>
+      <c r="F304" s="89"/>
+      <c r="G304" s="80"/>
+      <c r="H304" s="80"/>
+      <c r="I304" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A305" s="122"/>
-[...7 lines deleted...]
-      <c r="I305" s="151">
+      <c r="A305" s="74"/>
+      <c r="B305" s="87"/>
+      <c r="C305" s="88"/>
+      <c r="D305" s="88"/>
+      <c r="E305" s="88"/>
+      <c r="F305" s="89"/>
+      <c r="G305" s="80"/>
+      <c r="H305" s="80"/>
+      <c r="I305" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A306" s="122"/>
-[...7 lines deleted...]
-      <c r="I306" s="151">
+      <c r="A306" s="74"/>
+      <c r="B306" s="87"/>
+      <c r="C306" s="88"/>
+      <c r="D306" s="88"/>
+      <c r="E306" s="88"/>
+      <c r="F306" s="89"/>
+      <c r="G306" s="80"/>
+      <c r="H306" s="80"/>
+      <c r="I306" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A307" s="122"/>
-[...7 lines deleted...]
-      <c r="I307" s="151">
+      <c r="A307" s="74"/>
+      <c r="B307" s="87"/>
+      <c r="C307" s="88"/>
+      <c r="D307" s="88"/>
+      <c r="E307" s="88"/>
+      <c r="F307" s="89"/>
+      <c r="G307" s="80"/>
+      <c r="H307" s="80"/>
+      <c r="I307" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A308" s="122"/>
-[...7 lines deleted...]
-      <c r="I308" s="151">
+      <c r="A308" s="74"/>
+      <c r="B308" s="87"/>
+      <c r="C308" s="88"/>
+      <c r="D308" s="88"/>
+      <c r="E308" s="88"/>
+      <c r="F308" s="89"/>
+      <c r="G308" s="80"/>
+      <c r="H308" s="80"/>
+      <c r="I308" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A309" s="122"/>
-[...7 lines deleted...]
-      <c r="I309" s="151">
+      <c r="A309" s="74"/>
+      <c r="B309" s="87"/>
+      <c r="C309" s="88"/>
+      <c r="D309" s="88"/>
+      <c r="E309" s="88"/>
+      <c r="F309" s="89"/>
+      <c r="G309" s="80"/>
+      <c r="H309" s="80"/>
+      <c r="I309" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A310" s="122"/>
-[...7 lines deleted...]
-      <c r="I310" s="151">
+      <c r="A310" s="74"/>
+      <c r="B310" s="87"/>
+      <c r="C310" s="88"/>
+      <c r="D310" s="88"/>
+      <c r="E310" s="88"/>
+      <c r="F310" s="89"/>
+      <c r="G310" s="80"/>
+      <c r="H310" s="80"/>
+      <c r="I310" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A311" s="122"/>
-[...7 lines deleted...]
-      <c r="I311" s="151">
+      <c r="A311" s="74"/>
+      <c r="B311" s="87"/>
+      <c r="C311" s="88"/>
+      <c r="D311" s="88"/>
+      <c r="E311" s="88"/>
+      <c r="F311" s="89"/>
+      <c r="G311" s="80"/>
+      <c r="H311" s="80"/>
+      <c r="I311" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A312" s="122"/>
-[...7 lines deleted...]
-      <c r="I312" s="151">
+      <c r="A312" s="74"/>
+      <c r="B312" s="87"/>
+      <c r="C312" s="88"/>
+      <c r="D312" s="88"/>
+      <c r="E312" s="88"/>
+      <c r="F312" s="89"/>
+      <c r="G312" s="80"/>
+      <c r="H312" s="80"/>
+      <c r="I312" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A313" s="122"/>
-[...7 lines deleted...]
-      <c r="I313" s="151">
+      <c r="A313" s="74"/>
+      <c r="B313" s="87"/>
+      <c r="C313" s="88"/>
+      <c r="D313" s="88"/>
+      <c r="E313" s="88"/>
+      <c r="F313" s="89"/>
+      <c r="G313" s="80"/>
+      <c r="H313" s="80"/>
+      <c r="I313" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A314" s="122"/>
-[...7 lines deleted...]
-      <c r="I314" s="151">
+      <c r="A314" s="74"/>
+      <c r="B314" s="87"/>
+      <c r="C314" s="88"/>
+      <c r="D314" s="88"/>
+      <c r="E314" s="88"/>
+      <c r="F314" s="89"/>
+      <c r="G314" s="80"/>
+      <c r="H314" s="80"/>
+      <c r="I314" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A315" s="122"/>
-[...7 lines deleted...]
-      <c r="I315" s="151">
+      <c r="A315" s="74"/>
+      <c r="B315" s="87"/>
+      <c r="C315" s="88"/>
+      <c r="D315" s="88"/>
+      <c r="E315" s="88"/>
+      <c r="F315" s="89"/>
+      <c r="G315" s="80"/>
+      <c r="H315" s="80"/>
+      <c r="I315" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A316" s="122"/>
-[...7 lines deleted...]
-      <c r="I316" s="151">
+      <c r="A316" s="74"/>
+      <c r="B316" s="87"/>
+      <c r="C316" s="88"/>
+      <c r="D316" s="88"/>
+      <c r="E316" s="88"/>
+      <c r="F316" s="89"/>
+      <c r="G316" s="80"/>
+      <c r="H316" s="80"/>
+      <c r="I316" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A317" s="122"/>
-[...7 lines deleted...]
-      <c r="I317" s="151">
+      <c r="A317" s="74"/>
+      <c r="B317" s="87"/>
+      <c r="C317" s="88"/>
+      <c r="D317" s="88"/>
+      <c r="E317" s="88"/>
+      <c r="F317" s="89"/>
+      <c r="G317" s="80"/>
+      <c r="H317" s="80"/>
+      <c r="I317" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A318" s="122"/>
-[...7 lines deleted...]
-      <c r="I318" s="151">
+      <c r="A318" s="74"/>
+      <c r="B318" s="87"/>
+      <c r="C318" s="88"/>
+      <c r="D318" s="88"/>
+      <c r="E318" s="88"/>
+      <c r="F318" s="89"/>
+      <c r="G318" s="80"/>
+      <c r="H318" s="80"/>
+      <c r="I318" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A319" s="122"/>
-[...7 lines deleted...]
-      <c r="I319" s="151">
+      <c r="A319" s="74"/>
+      <c r="B319" s="87"/>
+      <c r="C319" s="88"/>
+      <c r="D319" s="88"/>
+      <c r="E319" s="88"/>
+      <c r="F319" s="89"/>
+      <c r="G319" s="80"/>
+      <c r="H319" s="80"/>
+      <c r="I319" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A320" s="122"/>
-[...7 lines deleted...]
-      <c r="I320" s="151">
+      <c r="A320" s="74"/>
+      <c r="B320" s="87"/>
+      <c r="C320" s="88"/>
+      <c r="D320" s="88"/>
+      <c r="E320" s="88"/>
+      <c r="F320" s="89"/>
+      <c r="G320" s="80"/>
+      <c r="H320" s="80"/>
+      <c r="I320" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A321" s="122"/>
-[...7 lines deleted...]
-      <c r="I321" s="151">
+      <c r="A321" s="74"/>
+      <c r="B321" s="87"/>
+      <c r="C321" s="88"/>
+      <c r="D321" s="88"/>
+      <c r="E321" s="88"/>
+      <c r="F321" s="89"/>
+      <c r="G321" s="80"/>
+      <c r="H321" s="80"/>
+      <c r="I321" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A322" s="122"/>
-[...7 lines deleted...]
-      <c r="I322" s="151">
+      <c r="A322" s="74"/>
+      <c r="B322" s="87"/>
+      <c r="C322" s="88"/>
+      <c r="D322" s="88"/>
+      <c r="E322" s="88"/>
+      <c r="F322" s="89"/>
+      <c r="G322" s="80"/>
+      <c r="H322" s="80"/>
+      <c r="I322" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A323" s="122"/>
-[...7 lines deleted...]
-      <c r="I323" s="151">
+      <c r="A323" s="74"/>
+      <c r="B323" s="87"/>
+      <c r="C323" s="88"/>
+      <c r="D323" s="88"/>
+      <c r="E323" s="88"/>
+      <c r="F323" s="89"/>
+      <c r="G323" s="80"/>
+      <c r="H323" s="80"/>
+      <c r="I323" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A324" s="122"/>
-[...7 lines deleted...]
-      <c r="I324" s="151">
+      <c r="A324" s="74"/>
+      <c r="B324" s="87"/>
+      <c r="C324" s="88"/>
+      <c r="D324" s="88"/>
+      <c r="E324" s="88"/>
+      <c r="F324" s="89"/>
+      <c r="G324" s="80"/>
+      <c r="H324" s="80"/>
+      <c r="I324" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A325" s="122"/>
-[...7 lines deleted...]
-      <c r="I325" s="151">
+      <c r="A325" s="74"/>
+      <c r="B325" s="87"/>
+      <c r="C325" s="88"/>
+      <c r="D325" s="88"/>
+      <c r="E325" s="88"/>
+      <c r="F325" s="89"/>
+      <c r="G325" s="80"/>
+      <c r="H325" s="80"/>
+      <c r="I325" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A326" s="122"/>
-[...7 lines deleted...]
-      <c r="I326" s="151">
+      <c r="A326" s="74"/>
+      <c r="B326" s="87"/>
+      <c r="C326" s="88"/>
+      <c r="D326" s="88"/>
+      <c r="E326" s="88"/>
+      <c r="F326" s="89"/>
+      <c r="G326" s="80"/>
+      <c r="H326" s="80"/>
+      <c r="I326" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A327" s="122"/>
-[...7 lines deleted...]
-      <c r="I327" s="151">
+      <c r="A327" s="74"/>
+      <c r="B327" s="87"/>
+      <c r="C327" s="88"/>
+      <c r="D327" s="88"/>
+      <c r="E327" s="88"/>
+      <c r="F327" s="89"/>
+      <c r="G327" s="80"/>
+      <c r="H327" s="80"/>
+      <c r="I327" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A328" s="122"/>
-[...7 lines deleted...]
-      <c r="I328" s="151">
+      <c r="A328" s="74"/>
+      <c r="B328" s="87"/>
+      <c r="C328" s="88"/>
+      <c r="D328" s="88"/>
+      <c r="E328" s="88"/>
+      <c r="F328" s="89"/>
+      <c r="G328" s="80"/>
+      <c r="H328" s="80"/>
+      <c r="I328" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A329" s="122"/>
-[...7 lines deleted...]
-      <c r="I329" s="151">
+      <c r="A329" s="74"/>
+      <c r="B329" s="87"/>
+      <c r="C329" s="88"/>
+      <c r="D329" s="88"/>
+      <c r="E329" s="88"/>
+      <c r="F329" s="89"/>
+      <c r="G329" s="80"/>
+      <c r="H329" s="80"/>
+      <c r="I329" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A330" s="122"/>
-[...7 lines deleted...]
-      <c r="I330" s="151">
+      <c r="A330" s="74"/>
+      <c r="B330" s="87"/>
+      <c r="C330" s="88"/>
+      <c r="D330" s="88"/>
+      <c r="E330" s="88"/>
+      <c r="F330" s="89"/>
+      <c r="G330" s="80"/>
+      <c r="H330" s="80"/>
+      <c r="I330" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A331" s="122"/>
-[...7 lines deleted...]
-      <c r="I331" s="151">
+      <c r="A331" s="74"/>
+      <c r="B331" s="87"/>
+      <c r="C331" s="88"/>
+      <c r="D331" s="88"/>
+      <c r="E331" s="88"/>
+      <c r="F331" s="89"/>
+      <c r="G331" s="80"/>
+      <c r="H331" s="80"/>
+      <c r="I331" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A332" s="122"/>
-[...7 lines deleted...]
-      <c r="I332" s="151">
+      <c r="A332" s="74"/>
+      <c r="B332" s="87"/>
+      <c r="C332" s="88"/>
+      <c r="D332" s="88"/>
+      <c r="E332" s="88"/>
+      <c r="F332" s="89"/>
+      <c r="G332" s="80"/>
+      <c r="H332" s="80"/>
+      <c r="I332" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A333" s="122"/>
-[...7 lines deleted...]
-      <c r="I333" s="151">
+      <c r="A333" s="74"/>
+      <c r="B333" s="87"/>
+      <c r="C333" s="88"/>
+      <c r="D333" s="88"/>
+      <c r="E333" s="88"/>
+      <c r="F333" s="89"/>
+      <c r="G333" s="80"/>
+      <c r="H333" s="80"/>
+      <c r="I333" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A334" s="122"/>
-[...7 lines deleted...]
-      <c r="I334" s="151">
+      <c r="A334" s="74"/>
+      <c r="B334" s="87"/>
+      <c r="C334" s="88"/>
+      <c r="D334" s="88"/>
+      <c r="E334" s="88"/>
+      <c r="F334" s="89"/>
+      <c r="G334" s="80"/>
+      <c r="H334" s="80"/>
+      <c r="I334" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A335" s="122"/>
-[...7 lines deleted...]
-      <c r="I335" s="151">
+      <c r="A335" s="74"/>
+      <c r="B335" s="87"/>
+      <c r="C335" s="88"/>
+      <c r="D335" s="88"/>
+      <c r="E335" s="88"/>
+      <c r="F335" s="89"/>
+      <c r="G335" s="80"/>
+      <c r="H335" s="80"/>
+      <c r="I335" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A336" s="122"/>
-[...7 lines deleted...]
-      <c r="I336" s="151">
+      <c r="A336" s="74"/>
+      <c r="B336" s="87"/>
+      <c r="C336" s="88"/>
+      <c r="D336" s="88"/>
+      <c r="E336" s="88"/>
+      <c r="F336" s="89"/>
+      <c r="G336" s="80"/>
+      <c r="H336" s="80"/>
+      <c r="I336" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A337" s="122"/>
-[...7 lines deleted...]
-      <c r="I337" s="151">
+      <c r="A337" s="74"/>
+      <c r="B337" s="87"/>
+      <c r="C337" s="88"/>
+      <c r="D337" s="88"/>
+      <c r="E337" s="88"/>
+      <c r="F337" s="89"/>
+      <c r="G337" s="80"/>
+      <c r="H337" s="80"/>
+      <c r="I337" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A338" s="122"/>
-[...7 lines deleted...]
-      <c r="I338" s="151">
+      <c r="A338" s="74"/>
+      <c r="B338" s="87"/>
+      <c r="C338" s="88"/>
+      <c r="D338" s="88"/>
+      <c r="E338" s="88"/>
+      <c r="F338" s="89"/>
+      <c r="G338" s="80"/>
+      <c r="H338" s="80"/>
+      <c r="I338" s="90">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A339" s="122"/>
-[...7 lines deleted...]
-      <c r="I339" s="151">
+      <c r="A339" s="74"/>
+      <c r="B339" s="87"/>
+      <c r="C339" s="88"/>
+      <c r="D339" s="88"/>
+      <c r="E339" s="88"/>
+      <c r="F339" s="89"/>
+      <c r="G339" s="80"/>
+      <c r="H339" s="80"/>
+      <c r="I339" s="90">
         <f t="shared" ref="I339:I402" si="5">G339-H339</f>
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A340" s="122"/>
-[...7 lines deleted...]
-      <c r="I340" s="151">
+      <c r="A340" s="74"/>
+      <c r="B340" s="87"/>
+      <c r="C340" s="88"/>
+      <c r="D340" s="88"/>
+      <c r="E340" s="88"/>
+      <c r="F340" s="89"/>
+      <c r="G340" s="80"/>
+      <c r="H340" s="80"/>
+      <c r="I340" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A341" s="122"/>
-[...7 lines deleted...]
-      <c r="I341" s="151">
+      <c r="A341" s="74"/>
+      <c r="B341" s="87"/>
+      <c r="C341" s="88"/>
+      <c r="D341" s="88"/>
+      <c r="E341" s="88"/>
+      <c r="F341" s="89"/>
+      <c r="G341" s="80"/>
+      <c r="H341" s="80"/>
+      <c r="I341" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A342" s="122"/>
-[...7 lines deleted...]
-      <c r="I342" s="151">
+      <c r="A342" s="74"/>
+      <c r="B342" s="87"/>
+      <c r="C342" s="88"/>
+      <c r="D342" s="88"/>
+      <c r="E342" s="88"/>
+      <c r="F342" s="89"/>
+      <c r="G342" s="80"/>
+      <c r="H342" s="80"/>
+      <c r="I342" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A343" s="122"/>
-[...7 lines deleted...]
-      <c r="I343" s="151">
+      <c r="A343" s="74"/>
+      <c r="B343" s="87"/>
+      <c r="C343" s="88"/>
+      <c r="D343" s="88"/>
+      <c r="E343" s="88"/>
+      <c r="F343" s="89"/>
+      <c r="G343" s="80"/>
+      <c r="H343" s="80"/>
+      <c r="I343" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A344" s="122"/>
-[...7 lines deleted...]
-      <c r="I344" s="151">
+      <c r="A344" s="74"/>
+      <c r="B344" s="87"/>
+      <c r="C344" s="88"/>
+      <c r="D344" s="88"/>
+      <c r="E344" s="88"/>
+      <c r="F344" s="89"/>
+      <c r="G344" s="80"/>
+      <c r="H344" s="80"/>
+      <c r="I344" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A345" s="122"/>
-[...7 lines deleted...]
-      <c r="I345" s="151">
+      <c r="A345" s="74"/>
+      <c r="B345" s="87"/>
+      <c r="C345" s="88"/>
+      <c r="D345" s="88"/>
+      <c r="E345" s="88"/>
+      <c r="F345" s="89"/>
+      <c r="G345" s="80"/>
+      <c r="H345" s="80"/>
+      <c r="I345" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A346" s="122"/>
-[...7 lines deleted...]
-      <c r="I346" s="151">
+      <c r="A346" s="74"/>
+      <c r="B346" s="87"/>
+      <c r="C346" s="88"/>
+      <c r="D346" s="88"/>
+      <c r="E346" s="88"/>
+      <c r="F346" s="89"/>
+      <c r="G346" s="80"/>
+      <c r="H346" s="80"/>
+      <c r="I346" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A347" s="122"/>
-[...7 lines deleted...]
-      <c r="I347" s="151">
+      <c r="A347" s="74"/>
+      <c r="B347" s="87"/>
+      <c r="C347" s="88"/>
+      <c r="D347" s="88"/>
+      <c r="E347" s="88"/>
+      <c r="F347" s="89"/>
+      <c r="G347" s="80"/>
+      <c r="H347" s="80"/>
+      <c r="I347" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A348" s="122"/>
-[...7 lines deleted...]
-      <c r="I348" s="151">
+      <c r="A348" s="74"/>
+      <c r="B348" s="87"/>
+      <c r="C348" s="88"/>
+      <c r="D348" s="88"/>
+      <c r="E348" s="88"/>
+      <c r="F348" s="89"/>
+      <c r="G348" s="80"/>
+      <c r="H348" s="80"/>
+      <c r="I348" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A349" s="122"/>
-[...7 lines deleted...]
-      <c r="I349" s="151">
+      <c r="A349" s="74"/>
+      <c r="B349" s="87"/>
+      <c r="C349" s="88"/>
+      <c r="D349" s="88"/>
+      <c r="E349" s="88"/>
+      <c r="F349" s="89"/>
+      <c r="G349" s="80"/>
+      <c r="H349" s="80"/>
+      <c r="I349" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A350" s="122"/>
-[...7 lines deleted...]
-      <c r="I350" s="151">
+      <c r="A350" s="74"/>
+      <c r="B350" s="87"/>
+      <c r="C350" s="88"/>
+      <c r="D350" s="88"/>
+      <c r="E350" s="88"/>
+      <c r="F350" s="89"/>
+      <c r="G350" s="80"/>
+      <c r="H350" s="80"/>
+      <c r="I350" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A351" s="122"/>
-[...7 lines deleted...]
-      <c r="I351" s="151">
+      <c r="A351" s="74"/>
+      <c r="B351" s="87"/>
+      <c r="C351" s="88"/>
+      <c r="D351" s="88"/>
+      <c r="E351" s="88"/>
+      <c r="F351" s="89"/>
+      <c r="G351" s="80"/>
+      <c r="H351" s="80"/>
+      <c r="I351" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A352" s="122"/>
-[...7 lines deleted...]
-      <c r="I352" s="151">
+      <c r="A352" s="74"/>
+      <c r="B352" s="87"/>
+      <c r="C352" s="88"/>
+      <c r="D352" s="88"/>
+      <c r="E352" s="88"/>
+      <c r="F352" s="89"/>
+      <c r="G352" s="80"/>
+      <c r="H352" s="80"/>
+      <c r="I352" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A353" s="122"/>
-[...7 lines deleted...]
-      <c r="I353" s="151">
+      <c r="A353" s="74"/>
+      <c r="B353" s="87"/>
+      <c r="C353" s="88"/>
+      <c r="D353" s="88"/>
+      <c r="E353" s="88"/>
+      <c r="F353" s="89"/>
+      <c r="G353" s="80"/>
+      <c r="H353" s="80"/>
+      <c r="I353" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A354" s="122"/>
-[...7 lines deleted...]
-      <c r="I354" s="151">
+      <c r="A354" s="74"/>
+      <c r="B354" s="87"/>
+      <c r="C354" s="88"/>
+      <c r="D354" s="88"/>
+      <c r="E354" s="88"/>
+      <c r="F354" s="89"/>
+      <c r="G354" s="80"/>
+      <c r="H354" s="80"/>
+      <c r="I354" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A355" s="122"/>
-[...7 lines deleted...]
-      <c r="I355" s="151">
+      <c r="A355" s="74"/>
+      <c r="B355" s="87"/>
+      <c r="C355" s="88"/>
+      <c r="D355" s="88"/>
+      <c r="E355" s="88"/>
+      <c r="F355" s="89"/>
+      <c r="G355" s="80"/>
+      <c r="H355" s="80"/>
+      <c r="I355" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A356" s="122"/>
-[...7 lines deleted...]
-      <c r="I356" s="151">
+      <c r="A356" s="74"/>
+      <c r="B356" s="87"/>
+      <c r="C356" s="88"/>
+      <c r="D356" s="88"/>
+      <c r="E356" s="88"/>
+      <c r="F356" s="89"/>
+      <c r="G356" s="80"/>
+      <c r="H356" s="80"/>
+      <c r="I356" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A357" s="122"/>
-[...7 lines deleted...]
-      <c r="I357" s="151">
+      <c r="A357" s="74"/>
+      <c r="B357" s="87"/>
+      <c r="C357" s="88"/>
+      <c r="D357" s="88"/>
+      <c r="E357" s="88"/>
+      <c r="F357" s="89"/>
+      <c r="G357" s="80"/>
+      <c r="H357" s="80"/>
+      <c r="I357" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A358" s="122"/>
-[...7 lines deleted...]
-      <c r="I358" s="151">
+      <c r="A358" s="74"/>
+      <c r="B358" s="87"/>
+      <c r="C358" s="88"/>
+      <c r="D358" s="88"/>
+      <c r="E358" s="88"/>
+      <c r="F358" s="89"/>
+      <c r="G358" s="80"/>
+      <c r="H358" s="80"/>
+      <c r="I358" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A359" s="122"/>
-[...7 lines deleted...]
-      <c r="I359" s="151">
+      <c r="A359" s="74"/>
+      <c r="B359" s="87"/>
+      <c r="C359" s="88"/>
+      <c r="D359" s="88"/>
+      <c r="E359" s="88"/>
+      <c r="F359" s="89"/>
+      <c r="G359" s="80"/>
+      <c r="H359" s="80"/>
+      <c r="I359" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A360" s="122"/>
-[...7 lines deleted...]
-      <c r="I360" s="151">
+      <c r="A360" s="74"/>
+      <c r="B360" s="87"/>
+      <c r="C360" s="88"/>
+      <c r="D360" s="88"/>
+      <c r="E360" s="88"/>
+      <c r="F360" s="89"/>
+      <c r="G360" s="80"/>
+      <c r="H360" s="80"/>
+      <c r="I360" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A361" s="122"/>
-[...7 lines deleted...]
-      <c r="I361" s="151">
+      <c r="A361" s="74"/>
+      <c r="B361" s="87"/>
+      <c r="C361" s="88"/>
+      <c r="D361" s="88"/>
+      <c r="E361" s="88"/>
+      <c r="F361" s="89"/>
+      <c r="G361" s="80"/>
+      <c r="H361" s="80"/>
+      <c r="I361" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A362" s="122"/>
-[...7 lines deleted...]
-      <c r="I362" s="151">
+      <c r="A362" s="74"/>
+      <c r="B362" s="87"/>
+      <c r="C362" s="88"/>
+      <c r="D362" s="88"/>
+      <c r="E362" s="88"/>
+      <c r="F362" s="89"/>
+      <c r="G362" s="80"/>
+      <c r="H362" s="80"/>
+      <c r="I362" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A363" s="122"/>
-[...7 lines deleted...]
-      <c r="I363" s="151">
+      <c r="A363" s="74"/>
+      <c r="B363" s="87"/>
+      <c r="C363" s="88"/>
+      <c r="D363" s="88"/>
+      <c r="E363" s="88"/>
+      <c r="F363" s="89"/>
+      <c r="G363" s="80"/>
+      <c r="H363" s="80"/>
+      <c r="I363" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A364" s="122"/>
-[...7 lines deleted...]
-      <c r="I364" s="151">
+      <c r="A364" s="74"/>
+      <c r="B364" s="87"/>
+      <c r="C364" s="88"/>
+      <c r="D364" s="88"/>
+      <c r="E364" s="88"/>
+      <c r="F364" s="89"/>
+      <c r="G364" s="80"/>
+      <c r="H364" s="80"/>
+      <c r="I364" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A365" s="122"/>
-[...7 lines deleted...]
-      <c r="I365" s="151">
+      <c r="A365" s="74"/>
+      <c r="B365" s="87"/>
+      <c r="C365" s="88"/>
+      <c r="D365" s="88"/>
+      <c r="E365" s="88"/>
+      <c r="F365" s="89"/>
+      <c r="G365" s="80"/>
+      <c r="H365" s="80"/>
+      <c r="I365" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A366" s="122"/>
-[...7 lines deleted...]
-      <c r="I366" s="151">
+      <c r="A366" s="74"/>
+      <c r="B366" s="87"/>
+      <c r="C366" s="88"/>
+      <c r="D366" s="88"/>
+      <c r="E366" s="88"/>
+      <c r="F366" s="89"/>
+      <c r="G366" s="80"/>
+      <c r="H366" s="80"/>
+      <c r="I366" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A367" s="122"/>
-[...7 lines deleted...]
-      <c r="I367" s="151">
+      <c r="A367" s="74"/>
+      <c r="B367" s="87"/>
+      <c r="C367" s="88"/>
+      <c r="D367" s="88"/>
+      <c r="E367" s="88"/>
+      <c r="F367" s="89"/>
+      <c r="G367" s="80"/>
+      <c r="H367" s="80"/>
+      <c r="I367" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A368" s="122"/>
-[...7 lines deleted...]
-      <c r="I368" s="151">
+      <c r="A368" s="74"/>
+      <c r="B368" s="87"/>
+      <c r="C368" s="88"/>
+      <c r="D368" s="88"/>
+      <c r="E368" s="88"/>
+      <c r="F368" s="89"/>
+      <c r="G368" s="80"/>
+      <c r="H368" s="80"/>
+      <c r="I368" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A369" s="122"/>
-[...7 lines deleted...]
-      <c r="I369" s="151">
+      <c r="A369" s="74"/>
+      <c r="B369" s="87"/>
+      <c r="C369" s="88"/>
+      <c r="D369" s="88"/>
+      <c r="E369" s="88"/>
+      <c r="F369" s="89"/>
+      <c r="G369" s="80"/>
+      <c r="H369" s="80"/>
+      <c r="I369" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A370" s="122"/>
-[...7 lines deleted...]
-      <c r="I370" s="151">
+      <c r="A370" s="74"/>
+      <c r="B370" s="87"/>
+      <c r="C370" s="88"/>
+      <c r="D370" s="88"/>
+      <c r="E370" s="88"/>
+      <c r="F370" s="89"/>
+      <c r="G370" s="80"/>
+      <c r="H370" s="80"/>
+      <c r="I370" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A371" s="122"/>
-[...7 lines deleted...]
-      <c r="I371" s="151">
+      <c r="A371" s="74"/>
+      <c r="B371" s="87"/>
+      <c r="C371" s="88"/>
+      <c r="D371" s="88"/>
+      <c r="E371" s="88"/>
+      <c r="F371" s="89"/>
+      <c r="G371" s="80"/>
+      <c r="H371" s="80"/>
+      <c r="I371" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A372" s="122"/>
-[...7 lines deleted...]
-      <c r="I372" s="151">
+      <c r="A372" s="74"/>
+      <c r="B372" s="87"/>
+      <c r="C372" s="88"/>
+      <c r="D372" s="88"/>
+      <c r="E372" s="88"/>
+      <c r="F372" s="89"/>
+      <c r="G372" s="80"/>
+      <c r="H372" s="80"/>
+      <c r="I372" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A373" s="122"/>
-[...7 lines deleted...]
-      <c r="I373" s="151">
+      <c r="A373" s="74"/>
+      <c r="B373" s="87"/>
+      <c r="C373" s="88"/>
+      <c r="D373" s="88"/>
+      <c r="E373" s="88"/>
+      <c r="F373" s="89"/>
+      <c r="G373" s="80"/>
+      <c r="H373" s="80"/>
+      <c r="I373" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A374" s="122"/>
-[...7 lines deleted...]
-      <c r="I374" s="151">
+      <c r="A374" s="74"/>
+      <c r="B374" s="87"/>
+      <c r="C374" s="88"/>
+      <c r="D374" s="88"/>
+      <c r="E374" s="88"/>
+      <c r="F374" s="89"/>
+      <c r="G374" s="80"/>
+      <c r="H374" s="80"/>
+      <c r="I374" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A375" s="122"/>
-[...7 lines deleted...]
-      <c r="I375" s="151">
+      <c r="A375" s="74"/>
+      <c r="B375" s="87"/>
+      <c r="C375" s="88"/>
+      <c r="D375" s="88"/>
+      <c r="E375" s="88"/>
+      <c r="F375" s="89"/>
+      <c r="G375" s="80"/>
+      <c r="H375" s="80"/>
+      <c r="I375" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A376" s="122"/>
-[...7 lines deleted...]
-      <c r="I376" s="151">
+      <c r="A376" s="74"/>
+      <c r="B376" s="87"/>
+      <c r="C376" s="88"/>
+      <c r="D376" s="88"/>
+      <c r="E376" s="88"/>
+      <c r="F376" s="89"/>
+      <c r="G376" s="80"/>
+      <c r="H376" s="80"/>
+      <c r="I376" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A377" s="122"/>
-[...7 lines deleted...]
-      <c r="I377" s="151">
+      <c r="A377" s="74"/>
+      <c r="B377" s="87"/>
+      <c r="C377" s="88"/>
+      <c r="D377" s="88"/>
+      <c r="E377" s="88"/>
+      <c r="F377" s="89"/>
+      <c r="G377" s="80"/>
+      <c r="H377" s="80"/>
+      <c r="I377" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A378" s="122"/>
-[...7 lines deleted...]
-      <c r="I378" s="151">
+      <c r="A378" s="74"/>
+      <c r="B378" s="87"/>
+      <c r="C378" s="88"/>
+      <c r="D378" s="88"/>
+      <c r="E378" s="88"/>
+      <c r="F378" s="89"/>
+      <c r="G378" s="80"/>
+      <c r="H378" s="80"/>
+      <c r="I378" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A379" s="122"/>
-[...7 lines deleted...]
-      <c r="I379" s="151">
+      <c r="A379" s="74"/>
+      <c r="B379" s="87"/>
+      <c r="C379" s="88"/>
+      <c r="D379" s="88"/>
+      <c r="E379" s="88"/>
+      <c r="F379" s="89"/>
+      <c r="G379" s="80"/>
+      <c r="H379" s="80"/>
+      <c r="I379" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A380" s="122"/>
-[...7 lines deleted...]
-      <c r="I380" s="151">
+      <c r="A380" s="74"/>
+      <c r="B380" s="87"/>
+      <c r="C380" s="88"/>
+      <c r="D380" s="88"/>
+      <c r="E380" s="88"/>
+      <c r="F380" s="89"/>
+      <c r="G380" s="80"/>
+      <c r="H380" s="80"/>
+      <c r="I380" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A381" s="122"/>
-[...7 lines deleted...]
-      <c r="I381" s="151">
+      <c r="A381" s="74"/>
+      <c r="B381" s="87"/>
+      <c r="C381" s="88"/>
+      <c r="D381" s="88"/>
+      <c r="E381" s="88"/>
+      <c r="F381" s="89"/>
+      <c r="G381" s="80"/>
+      <c r="H381" s="80"/>
+      <c r="I381" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A382" s="122"/>
-[...7 lines deleted...]
-      <c r="I382" s="151">
+      <c r="A382" s="74"/>
+      <c r="B382" s="87"/>
+      <c r="C382" s="88"/>
+      <c r="D382" s="88"/>
+      <c r="E382" s="88"/>
+      <c r="F382" s="89"/>
+      <c r="G382" s="80"/>
+      <c r="H382" s="80"/>
+      <c r="I382" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A383" s="122"/>
-[...7 lines deleted...]
-      <c r="I383" s="151">
+      <c r="A383" s="74"/>
+      <c r="B383" s="87"/>
+      <c r="C383" s="88"/>
+      <c r="D383" s="88"/>
+      <c r="E383" s="88"/>
+      <c r="F383" s="89"/>
+      <c r="G383" s="80"/>
+      <c r="H383" s="80"/>
+      <c r="I383" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A384" s="122"/>
-[...7 lines deleted...]
-      <c r="I384" s="151">
+      <c r="A384" s="74"/>
+      <c r="B384" s="87"/>
+      <c r="C384" s="88"/>
+      <c r="D384" s="88"/>
+      <c r="E384" s="88"/>
+      <c r="F384" s="89"/>
+      <c r="G384" s="80"/>
+      <c r="H384" s="80"/>
+      <c r="I384" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A385" s="122"/>
-[...7 lines deleted...]
-      <c r="I385" s="151">
+      <c r="A385" s="74"/>
+      <c r="B385" s="87"/>
+      <c r="C385" s="88"/>
+      <c r="D385" s="88"/>
+      <c r="E385" s="88"/>
+      <c r="F385" s="89"/>
+      <c r="G385" s="80"/>
+      <c r="H385" s="80"/>
+      <c r="I385" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A386" s="122"/>
-[...7 lines deleted...]
-      <c r="I386" s="151">
+      <c r="A386" s="74"/>
+      <c r="B386" s="87"/>
+      <c r="C386" s="88"/>
+      <c r="D386" s="88"/>
+      <c r="E386" s="88"/>
+      <c r="F386" s="89"/>
+      <c r="G386" s="80"/>
+      <c r="H386" s="80"/>
+      <c r="I386" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A387" s="122"/>
-[...7 lines deleted...]
-      <c r="I387" s="151">
+      <c r="A387" s="74"/>
+      <c r="B387" s="87"/>
+      <c r="C387" s="88"/>
+      <c r="D387" s="88"/>
+      <c r="E387" s="88"/>
+      <c r="F387" s="89"/>
+      <c r="G387" s="80"/>
+      <c r="H387" s="80"/>
+      <c r="I387" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A388" s="122"/>
-[...7 lines deleted...]
-      <c r="I388" s="151">
+      <c r="A388" s="74"/>
+      <c r="B388" s="87"/>
+      <c r="C388" s="88"/>
+      <c r="D388" s="88"/>
+      <c r="E388" s="88"/>
+      <c r="F388" s="89"/>
+      <c r="G388" s="80"/>
+      <c r="H388" s="80"/>
+      <c r="I388" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A389" s="122"/>
-[...7 lines deleted...]
-      <c r="I389" s="151">
+      <c r="A389" s="74"/>
+      <c r="B389" s="87"/>
+      <c r="C389" s="88"/>
+      <c r="D389" s="88"/>
+      <c r="E389" s="88"/>
+      <c r="F389" s="89"/>
+      <c r="G389" s="80"/>
+      <c r="H389" s="80"/>
+      <c r="I389" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A390" s="122"/>
-[...7 lines deleted...]
-      <c r="I390" s="151">
+      <c r="A390" s="74"/>
+      <c r="B390" s="87"/>
+      <c r="C390" s="88"/>
+      <c r="D390" s="88"/>
+      <c r="E390" s="88"/>
+      <c r="F390" s="89"/>
+      <c r="G390" s="80"/>
+      <c r="H390" s="80"/>
+      <c r="I390" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A391" s="122"/>
-[...7 lines deleted...]
-      <c r="I391" s="151">
+      <c r="A391" s="74"/>
+      <c r="B391" s="87"/>
+      <c r="C391" s="88"/>
+      <c r="D391" s="88"/>
+      <c r="E391" s="88"/>
+      <c r="F391" s="89"/>
+      <c r="G391" s="80"/>
+      <c r="H391" s="80"/>
+      <c r="I391" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A392" s="122"/>
-[...7 lines deleted...]
-      <c r="I392" s="151">
+      <c r="A392" s="74"/>
+      <c r="B392" s="87"/>
+      <c r="C392" s="88"/>
+      <c r="D392" s="88"/>
+      <c r="E392" s="88"/>
+      <c r="F392" s="89"/>
+      <c r="G392" s="80"/>
+      <c r="H392" s="80"/>
+      <c r="I392" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A393" s="122"/>
-[...7 lines deleted...]
-      <c r="I393" s="151">
+      <c r="A393" s="74"/>
+      <c r="B393" s="87"/>
+      <c r="C393" s="88"/>
+      <c r="D393" s="88"/>
+      <c r="E393" s="88"/>
+      <c r="F393" s="89"/>
+      <c r="G393" s="80"/>
+      <c r="H393" s="80"/>
+      <c r="I393" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A394" s="122"/>
-[...7 lines deleted...]
-      <c r="I394" s="151">
+      <c r="A394" s="74"/>
+      <c r="B394" s="87"/>
+      <c r="C394" s="88"/>
+      <c r="D394" s="88"/>
+      <c r="E394" s="88"/>
+      <c r="F394" s="89"/>
+      <c r="G394" s="80"/>
+      <c r="H394" s="80"/>
+      <c r="I394" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A395" s="122"/>
-[...7 lines deleted...]
-      <c r="I395" s="151">
+      <c r="A395" s="74"/>
+      <c r="B395" s="87"/>
+      <c r="C395" s="88"/>
+      <c r="D395" s="88"/>
+      <c r="E395" s="88"/>
+      <c r="F395" s="89"/>
+      <c r="G395" s="80"/>
+      <c r="H395" s="80"/>
+      <c r="I395" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A396" s="122"/>
-[...7 lines deleted...]
-      <c r="I396" s="151">
+      <c r="A396" s="74"/>
+      <c r="B396" s="87"/>
+      <c r="C396" s="88"/>
+      <c r="D396" s="88"/>
+      <c r="E396" s="88"/>
+      <c r="F396" s="89"/>
+      <c r="G396" s="80"/>
+      <c r="H396" s="80"/>
+      <c r="I396" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A397" s="122"/>
-[...7 lines deleted...]
-      <c r="I397" s="151">
+      <c r="A397" s="74"/>
+      <c r="B397" s="87"/>
+      <c r="C397" s="88"/>
+      <c r="D397" s="88"/>
+      <c r="E397" s="88"/>
+      <c r="F397" s="89"/>
+      <c r="G397" s="80"/>
+      <c r="H397" s="80"/>
+      <c r="I397" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A398" s="122"/>
-[...7 lines deleted...]
-      <c r="I398" s="151">
+      <c r="A398" s="74"/>
+      <c r="B398" s="87"/>
+      <c r="C398" s="88"/>
+      <c r="D398" s="88"/>
+      <c r="E398" s="88"/>
+      <c r="F398" s="89"/>
+      <c r="G398" s="80"/>
+      <c r="H398" s="80"/>
+      <c r="I398" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A399" s="122"/>
-[...7 lines deleted...]
-      <c r="I399" s="151">
+      <c r="A399" s="74"/>
+      <c r="B399" s="87"/>
+      <c r="C399" s="88"/>
+      <c r="D399" s="88"/>
+      <c r="E399" s="88"/>
+      <c r="F399" s="89"/>
+      <c r="G399" s="80"/>
+      <c r="H399" s="80"/>
+      <c r="I399" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A400" s="122"/>
-[...7 lines deleted...]
-      <c r="I400" s="151">
+      <c r="A400" s="74"/>
+      <c r="B400" s="87"/>
+      <c r="C400" s="88"/>
+      <c r="D400" s="88"/>
+      <c r="E400" s="88"/>
+      <c r="F400" s="89"/>
+      <c r="G400" s="80"/>
+      <c r="H400" s="80"/>
+      <c r="I400" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A401" s="122"/>
-[...7 lines deleted...]
-      <c r="I401" s="151">
+      <c r="A401" s="74"/>
+      <c r="B401" s="87"/>
+      <c r="C401" s="88"/>
+      <c r="D401" s="88"/>
+      <c r="E401" s="88"/>
+      <c r="F401" s="89"/>
+      <c r="G401" s="80"/>
+      <c r="H401" s="80"/>
+      <c r="I401" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A402" s="122"/>
-[...7 lines deleted...]
-      <c r="I402" s="151">
+      <c r="A402" s="74"/>
+      <c r="B402" s="87"/>
+      <c r="C402" s="88"/>
+      <c r="D402" s="88"/>
+      <c r="E402" s="88"/>
+      <c r="F402" s="89"/>
+      <c r="G402" s="80"/>
+      <c r="H402" s="80"/>
+      <c r="I402" s="90">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A403" s="122"/>
-[...7 lines deleted...]
-      <c r="I403" s="151">
+      <c r="A403" s="74"/>
+      <c r="B403" s="87"/>
+      <c r="C403" s="88"/>
+      <c r="D403" s="88"/>
+      <c r="E403" s="88"/>
+      <c r="F403" s="89"/>
+      <c r="G403" s="80"/>
+      <c r="H403" s="80"/>
+      <c r="I403" s="90">
         <f t="shared" ref="I403:I451" si="6">G403-H403</f>
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A404" s="122"/>
-[...7 lines deleted...]
-      <c r="I404" s="151">
+      <c r="A404" s="74"/>
+      <c r="B404" s="87"/>
+      <c r="C404" s="88"/>
+      <c r="D404" s="88"/>
+      <c r="E404" s="88"/>
+      <c r="F404" s="89"/>
+      <c r="G404" s="80"/>
+      <c r="H404" s="80"/>
+      <c r="I404" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A405" s="122"/>
-[...7 lines deleted...]
-      <c r="I405" s="151">
+      <c r="A405" s="74"/>
+      <c r="B405" s="87"/>
+      <c r="C405" s="88"/>
+      <c r="D405" s="88"/>
+      <c r="E405" s="88"/>
+      <c r="F405" s="89"/>
+      <c r="G405" s="80"/>
+      <c r="H405" s="80"/>
+      <c r="I405" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A406" s="122"/>
-[...7 lines deleted...]
-      <c r="I406" s="151">
+      <c r="A406" s="74"/>
+      <c r="B406" s="87"/>
+      <c r="C406" s="88"/>
+      <c r="D406" s="88"/>
+      <c r="E406" s="88"/>
+      <c r="F406" s="89"/>
+      <c r="G406" s="80"/>
+      <c r="H406" s="80"/>
+      <c r="I406" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A407" s="122"/>
-[...7 lines deleted...]
-      <c r="I407" s="151">
+      <c r="A407" s="74"/>
+      <c r="B407" s="87"/>
+      <c r="C407" s="88"/>
+      <c r="D407" s="88"/>
+      <c r="E407" s="88"/>
+      <c r="F407" s="89"/>
+      <c r="G407" s="80"/>
+      <c r="H407" s="80"/>
+      <c r="I407" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A408" s="122"/>
-[...7 lines deleted...]
-      <c r="I408" s="151">
+      <c r="A408" s="74"/>
+      <c r="B408" s="87"/>
+      <c r="C408" s="88"/>
+      <c r="D408" s="88"/>
+      <c r="E408" s="88"/>
+      <c r="F408" s="89"/>
+      <c r="G408" s="80"/>
+      <c r="H408" s="80"/>
+      <c r="I408" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A409" s="122"/>
-[...7 lines deleted...]
-      <c r="I409" s="151">
+      <c r="A409" s="74"/>
+      <c r="B409" s="87"/>
+      <c r="C409" s="88"/>
+      <c r="D409" s="88"/>
+      <c r="E409" s="88"/>
+      <c r="F409" s="89"/>
+      <c r="G409" s="80"/>
+      <c r="H409" s="80"/>
+      <c r="I409" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A410" s="122"/>
-[...7 lines deleted...]
-      <c r="I410" s="151">
+      <c r="A410" s="74"/>
+      <c r="B410" s="87"/>
+      <c r="C410" s="88"/>
+      <c r="D410" s="88"/>
+      <c r="E410" s="88"/>
+      <c r="F410" s="89"/>
+      <c r="G410" s="80"/>
+      <c r="H410" s="80"/>
+      <c r="I410" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A411" s="122"/>
-[...7 lines deleted...]
-      <c r="I411" s="151">
+      <c r="A411" s="74"/>
+      <c r="B411" s="87"/>
+      <c r="C411" s="88"/>
+      <c r="D411" s="88"/>
+      <c r="E411" s="88"/>
+      <c r="F411" s="89"/>
+      <c r="G411" s="80"/>
+      <c r="H411" s="80"/>
+      <c r="I411" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A412" s="122"/>
-[...7 lines deleted...]
-      <c r="I412" s="151">
+      <c r="A412" s="74"/>
+      <c r="B412" s="87"/>
+      <c r="C412" s="88"/>
+      <c r="D412" s="88"/>
+      <c r="E412" s="88"/>
+      <c r="F412" s="89"/>
+      <c r="G412" s="80"/>
+      <c r="H412" s="80"/>
+      <c r="I412" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A413" s="122"/>
-[...7 lines deleted...]
-      <c r="I413" s="151">
+      <c r="A413" s="74"/>
+      <c r="B413" s="87"/>
+      <c r="C413" s="88"/>
+      <c r="D413" s="88"/>
+      <c r="E413" s="88"/>
+      <c r="F413" s="89"/>
+      <c r="G413" s="80"/>
+      <c r="H413" s="80"/>
+      <c r="I413" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A414" s="122"/>
-[...7 lines deleted...]
-      <c r="I414" s="151">
+      <c r="A414" s="74"/>
+      <c r="B414" s="87"/>
+      <c r="C414" s="88"/>
+      <c r="D414" s="88"/>
+      <c r="E414" s="88"/>
+      <c r="F414" s="89"/>
+      <c r="G414" s="80"/>
+      <c r="H414" s="80"/>
+      <c r="I414" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A415" s="122"/>
-[...7 lines deleted...]
-      <c r="I415" s="151">
+      <c r="A415" s="74"/>
+      <c r="B415" s="87"/>
+      <c r="C415" s="88"/>
+      <c r="D415" s="88"/>
+      <c r="E415" s="88"/>
+      <c r="F415" s="89"/>
+      <c r="G415" s="80"/>
+      <c r="H415" s="80"/>
+      <c r="I415" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A416" s="122"/>
-[...7 lines deleted...]
-      <c r="I416" s="151">
+      <c r="A416" s="74"/>
+      <c r="B416" s="87"/>
+      <c r="C416" s="88"/>
+      <c r="D416" s="88"/>
+      <c r="E416" s="88"/>
+      <c r="F416" s="89"/>
+      <c r="G416" s="80"/>
+      <c r="H416" s="80"/>
+      <c r="I416" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A417" s="122"/>
-[...7 lines deleted...]
-      <c r="I417" s="151">
+      <c r="A417" s="74"/>
+      <c r="B417" s="87"/>
+      <c r="C417" s="88"/>
+      <c r="D417" s="88"/>
+      <c r="E417" s="88"/>
+      <c r="F417" s="89"/>
+      <c r="G417" s="80"/>
+      <c r="H417" s="80"/>
+      <c r="I417" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A418" s="122"/>
-[...7 lines deleted...]
-      <c r="I418" s="151">
+      <c r="A418" s="74"/>
+      <c r="B418" s="87"/>
+      <c r="C418" s="88"/>
+      <c r="D418" s="88"/>
+      <c r="E418" s="88"/>
+      <c r="F418" s="89"/>
+      <c r="G418" s="80"/>
+      <c r="H418" s="80"/>
+      <c r="I418" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A419" s="122"/>
-[...7 lines deleted...]
-      <c r="I419" s="151">
+      <c r="A419" s="74"/>
+      <c r="B419" s="87"/>
+      <c r="C419" s="88"/>
+      <c r="D419" s="88"/>
+      <c r="E419" s="88"/>
+      <c r="F419" s="89"/>
+      <c r="G419" s="80"/>
+      <c r="H419" s="80"/>
+      <c r="I419" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A420" s="122"/>
-[...7 lines deleted...]
-      <c r="I420" s="151">
+      <c r="A420" s="74"/>
+      <c r="B420" s="87"/>
+      <c r="C420" s="88"/>
+      <c r="D420" s="88"/>
+      <c r="E420" s="88"/>
+      <c r="F420" s="89"/>
+      <c r="G420" s="80"/>
+      <c r="H420" s="80"/>
+      <c r="I420" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A421" s="122"/>
-[...7 lines deleted...]
-      <c r="I421" s="151">
+      <c r="A421" s="74"/>
+      <c r="B421" s="87"/>
+      <c r="C421" s="88"/>
+      <c r="D421" s="88"/>
+      <c r="E421" s="88"/>
+      <c r="F421" s="89"/>
+      <c r="G421" s="80"/>
+      <c r="H421" s="80"/>
+      <c r="I421" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A422" s="122"/>
-[...7 lines deleted...]
-      <c r="I422" s="151">
+      <c r="A422" s="74"/>
+      <c r="B422" s="87"/>
+      <c r="C422" s="88"/>
+      <c r="D422" s="88"/>
+      <c r="E422" s="88"/>
+      <c r="F422" s="89"/>
+      <c r="G422" s="80"/>
+      <c r="H422" s="80"/>
+      <c r="I422" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A423" s="122"/>
-[...7 lines deleted...]
-      <c r="I423" s="151">
+      <c r="A423" s="74"/>
+      <c r="B423" s="87"/>
+      <c r="C423" s="88"/>
+      <c r="D423" s="88"/>
+      <c r="E423" s="88"/>
+      <c r="F423" s="89"/>
+      <c r="G423" s="80"/>
+      <c r="H423" s="80"/>
+      <c r="I423" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A424" s="122"/>
-[...7 lines deleted...]
-      <c r="I424" s="151">
+      <c r="A424" s="74"/>
+      <c r="B424" s="87"/>
+      <c r="C424" s="88"/>
+      <c r="D424" s="88"/>
+      <c r="E424" s="88"/>
+      <c r="F424" s="89"/>
+      <c r="G424" s="80"/>
+      <c r="H424" s="80"/>
+      <c r="I424" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A425" s="122"/>
-[...7 lines deleted...]
-      <c r="I425" s="151">
+      <c r="A425" s="74"/>
+      <c r="B425" s="87"/>
+      <c r="C425" s="88"/>
+      <c r="D425" s="88"/>
+      <c r="E425" s="88"/>
+      <c r="F425" s="89"/>
+      <c r="G425" s="80"/>
+      <c r="H425" s="80"/>
+      <c r="I425" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A426" s="122"/>
-[...7 lines deleted...]
-      <c r="I426" s="151">
+      <c r="A426" s="74"/>
+      <c r="B426" s="87"/>
+      <c r="C426" s="88"/>
+      <c r="D426" s="88"/>
+      <c r="E426" s="88"/>
+      <c r="F426" s="89"/>
+      <c r="G426" s="80"/>
+      <c r="H426" s="80"/>
+      <c r="I426" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A427" s="122"/>
-[...7 lines deleted...]
-      <c r="I427" s="151">
+      <c r="A427" s="74"/>
+      <c r="B427" s="87"/>
+      <c r="C427" s="88"/>
+      <c r="D427" s="88"/>
+      <c r="E427" s="88"/>
+      <c r="F427" s="89"/>
+      <c r="G427" s="80"/>
+      <c r="H427" s="80"/>
+      <c r="I427" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A428" s="122"/>
-[...7 lines deleted...]
-      <c r="I428" s="151">
+      <c r="A428" s="74"/>
+      <c r="B428" s="87"/>
+      <c r="C428" s="88"/>
+      <c r="D428" s="88"/>
+      <c r="E428" s="88"/>
+      <c r="F428" s="89"/>
+      <c r="G428" s="80"/>
+      <c r="H428" s="80"/>
+      <c r="I428" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A429" s="122"/>
-[...7 lines deleted...]
-      <c r="I429" s="151">
+      <c r="A429" s="74"/>
+      <c r="B429" s="87"/>
+      <c r="C429" s="88"/>
+      <c r="D429" s="88"/>
+      <c r="E429" s="88"/>
+      <c r="F429" s="89"/>
+      <c r="G429" s="80"/>
+      <c r="H429" s="80"/>
+      <c r="I429" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A430" s="122"/>
-[...7 lines deleted...]
-      <c r="I430" s="151">
+      <c r="A430" s="74"/>
+      <c r="B430" s="87"/>
+      <c r="C430" s="88"/>
+      <c r="D430" s="88"/>
+      <c r="E430" s="88"/>
+      <c r="F430" s="89"/>
+      <c r="G430" s="80"/>
+      <c r="H430" s="80"/>
+      <c r="I430" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A431" s="122"/>
-[...7 lines deleted...]
-      <c r="I431" s="151">
+      <c r="A431" s="74"/>
+      <c r="B431" s="87"/>
+      <c r="C431" s="88"/>
+      <c r="D431" s="88"/>
+      <c r="E431" s="88"/>
+      <c r="F431" s="89"/>
+      <c r="G431" s="80"/>
+      <c r="H431" s="80"/>
+      <c r="I431" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A432" s="122"/>
-[...7 lines deleted...]
-      <c r="I432" s="151">
+      <c r="A432" s="74"/>
+      <c r="B432" s="87"/>
+      <c r="C432" s="88"/>
+      <c r="D432" s="88"/>
+      <c r="E432" s="88"/>
+      <c r="F432" s="89"/>
+      <c r="G432" s="80"/>
+      <c r="H432" s="80"/>
+      <c r="I432" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A433" s="122"/>
-[...7 lines deleted...]
-      <c r="I433" s="151">
+      <c r="A433" s="74"/>
+      <c r="B433" s="87"/>
+      <c r="C433" s="88"/>
+      <c r="D433" s="88"/>
+      <c r="E433" s="88"/>
+      <c r="F433" s="89"/>
+      <c r="G433" s="80"/>
+      <c r="H433" s="80"/>
+      <c r="I433" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A434" s="122"/>
-[...7 lines deleted...]
-      <c r="I434" s="151">
+      <c r="A434" s="74"/>
+      <c r="B434" s="87"/>
+      <c r="C434" s="88"/>
+      <c r="D434" s="88"/>
+      <c r="E434" s="88"/>
+      <c r="F434" s="89"/>
+      <c r="G434" s="80"/>
+      <c r="H434" s="80"/>
+      <c r="I434" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A435" s="122"/>
-[...7 lines deleted...]
-      <c r="I435" s="151">
+      <c r="A435" s="74"/>
+      <c r="B435" s="87"/>
+      <c r="C435" s="88"/>
+      <c r="D435" s="88"/>
+      <c r="E435" s="88"/>
+      <c r="F435" s="89"/>
+      <c r="G435" s="80"/>
+      <c r="H435" s="80"/>
+      <c r="I435" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A436" s="122"/>
-[...7 lines deleted...]
-      <c r="I436" s="151">
+      <c r="A436" s="74"/>
+      <c r="B436" s="87"/>
+      <c r="C436" s="88"/>
+      <c r="D436" s="88"/>
+      <c r="E436" s="88"/>
+      <c r="F436" s="89"/>
+      <c r="G436" s="80"/>
+      <c r="H436" s="80"/>
+      <c r="I436" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A437" s="122"/>
-[...7 lines deleted...]
-      <c r="I437" s="151">
+      <c r="A437" s="74"/>
+      <c r="B437" s="87"/>
+      <c r="C437" s="88"/>
+      <c r="D437" s="88"/>
+      <c r="E437" s="88"/>
+      <c r="F437" s="89"/>
+      <c r="G437" s="80"/>
+      <c r="H437" s="80"/>
+      <c r="I437" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A438" s="122"/>
-[...7 lines deleted...]
-      <c r="I438" s="151">
+      <c r="A438" s="74"/>
+      <c r="B438" s="87"/>
+      <c r="C438" s="88"/>
+      <c r="D438" s="88"/>
+      <c r="E438" s="88"/>
+      <c r="F438" s="89"/>
+      <c r="G438" s="80"/>
+      <c r="H438" s="80"/>
+      <c r="I438" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A439" s="122"/>
-[...7 lines deleted...]
-      <c r="I439" s="151">
+      <c r="A439" s="74"/>
+      <c r="B439" s="87"/>
+      <c r="C439" s="88"/>
+      <c r="D439" s="88"/>
+      <c r="E439" s="88"/>
+      <c r="F439" s="89"/>
+      <c r="G439" s="80"/>
+      <c r="H439" s="80"/>
+      <c r="I439" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A440" s="122"/>
-[...7 lines deleted...]
-      <c r="I440" s="151">
+      <c r="A440" s="74"/>
+      <c r="B440" s="87"/>
+      <c r="C440" s="88"/>
+      <c r="D440" s="88"/>
+      <c r="E440" s="88"/>
+      <c r="F440" s="89"/>
+      <c r="G440" s="80"/>
+      <c r="H440" s="80"/>
+      <c r="I440" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A441" s="122"/>
-[...7 lines deleted...]
-      <c r="I441" s="151">
+      <c r="A441" s="74"/>
+      <c r="B441" s="87"/>
+      <c r="C441" s="88"/>
+      <c r="D441" s="88"/>
+      <c r="E441" s="88"/>
+      <c r="F441" s="89"/>
+      <c r="G441" s="80"/>
+      <c r="H441" s="80"/>
+      <c r="I441" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A442" s="122"/>
-[...7 lines deleted...]
-      <c r="I442" s="151">
+      <c r="A442" s="74"/>
+      <c r="B442" s="87"/>
+      <c r="C442" s="88"/>
+      <c r="D442" s="88"/>
+      <c r="E442" s="88"/>
+      <c r="F442" s="89"/>
+      <c r="G442" s="80"/>
+      <c r="H442" s="80"/>
+      <c r="I442" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A443" s="122"/>
-[...7 lines deleted...]
-      <c r="I443" s="151">
+      <c r="A443" s="74"/>
+      <c r="B443" s="87"/>
+      <c r="C443" s="88"/>
+      <c r="D443" s="88"/>
+      <c r="E443" s="88"/>
+      <c r="F443" s="89"/>
+      <c r="G443" s="80"/>
+      <c r="H443" s="80"/>
+      <c r="I443" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A444" s="122"/>
-[...7 lines deleted...]
-      <c r="I444" s="151">
+      <c r="A444" s="74"/>
+      <c r="B444" s="87"/>
+      <c r="C444" s="88"/>
+      <c r="D444" s="88"/>
+      <c r="E444" s="88"/>
+      <c r="F444" s="89"/>
+      <c r="G444" s="80"/>
+      <c r="H444" s="80"/>
+      <c r="I444" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A445" s="122"/>
-[...7 lines deleted...]
-      <c r="I445" s="151">
+      <c r="A445" s="74"/>
+      <c r="B445" s="87"/>
+      <c r="C445" s="88"/>
+      <c r="D445" s="88"/>
+      <c r="E445" s="88"/>
+      <c r="F445" s="89"/>
+      <c r="G445" s="80"/>
+      <c r="H445" s="80"/>
+      <c r="I445" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A446" s="122"/>
-[...7 lines deleted...]
-      <c r="I446" s="151">
+      <c r="A446" s="74"/>
+      <c r="B446" s="87"/>
+      <c r="C446" s="88"/>
+      <c r="D446" s="88"/>
+      <c r="E446" s="88"/>
+      <c r="F446" s="89"/>
+      <c r="G446" s="80"/>
+      <c r="H446" s="80"/>
+      <c r="I446" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A447" s="122"/>
-[...7 lines deleted...]
-      <c r="I447" s="151">
+      <c r="A447" s="74"/>
+      <c r="B447" s="87"/>
+      <c r="C447" s="88"/>
+      <c r="D447" s="88"/>
+      <c r="E447" s="88"/>
+      <c r="F447" s="89"/>
+      <c r="G447" s="80"/>
+      <c r="H447" s="80"/>
+      <c r="I447" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A448" s="122"/>
-[...7 lines deleted...]
-      <c r="I448" s="151">
+      <c r="A448" s="74"/>
+      <c r="B448" s="87"/>
+      <c r="C448" s="88"/>
+      <c r="D448" s="88"/>
+      <c r="E448" s="88"/>
+      <c r="F448" s="89"/>
+      <c r="G448" s="80"/>
+      <c r="H448" s="80"/>
+      <c r="I448" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A449" s="122"/>
-[...7 lines deleted...]
-      <c r="I449" s="151">
+      <c r="A449" s="74"/>
+      <c r="B449" s="87"/>
+      <c r="C449" s="88"/>
+      <c r="D449" s="88"/>
+      <c r="E449" s="88"/>
+      <c r="F449" s="89"/>
+      <c r="G449" s="80"/>
+      <c r="H449" s="80"/>
+      <c r="I449" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A450" s="122"/>
-[...7 lines deleted...]
-      <c r="I450" s="151">
+      <c r="A450" s="74"/>
+      <c r="B450" s="87"/>
+      <c r="C450" s="88"/>
+      <c r="D450" s="88"/>
+      <c r="E450" s="88"/>
+      <c r="F450" s="89"/>
+      <c r="G450" s="80"/>
+      <c r="H450" s="80"/>
+      <c r="I450" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A451" s="122"/>
-[...7 lines deleted...]
-      <c r="I451" s="151">
+      <c r="A451" s="74"/>
+      <c r="B451" s="87"/>
+      <c r="C451" s="88"/>
+      <c r="D451" s="88"/>
+      <c r="E451" s="88"/>
+      <c r="F451" s="89"/>
+      <c r="G451" s="80"/>
+      <c r="H451" s="80"/>
+      <c r="I451" s="90">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="TnafSHVbyw1JNeg9LBw5KmQgaK8rNj8CijlOTOzDRHYROypDaRFq56dXKhH/6QTqn72t640viFDg3hpsWU1OCw==" saltValue="XYw4OmP/C5WUxjohXw1xeQ==" spinCount="100000" sheet="1" selectLockedCells="1" sort="0"/>
   <mergeCells count="12">
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="B3:D10"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="F11:H11"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="E4:F5"/>
     <mergeCell ref="E7:H7"/>
     <mergeCell ref="G3:I3"/>
     <mergeCell ref="B2:I2"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="3">
     <dataValidation type="list" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Please enter Y or N" sqref="F18:F451" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>$W$3:$W$4</formula1>
     </dataValidation>
@@ -11099,941 +11065,941 @@
       <formula1>50</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Please enter only whole numbers (no decimals allowed)" sqref="G5 G18:H451" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.22" right="0.17" top="0.5" bottom="0.5" header="0.21" footer="0.18"/>
   <pageSetup scale="75" fitToHeight="6" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;C&amp;"Arial,Bold"&amp;14FOR DATES AFTER 1/1/2023&amp;RRevised 1/5/2023
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AA28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="J6" sqref="J6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="0.85546875" style="122" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="37" max="16384" width="9.140625" style="122"/>
+    <col min="1" max="1" width="0.85546875" style="74" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" style="74" customWidth="1"/>
+    <col min="3" max="3" width="0.85546875" style="74" customWidth="1"/>
+    <col min="4" max="4" width="20.7109375" style="74" customWidth="1"/>
+    <col min="5" max="5" width="0.85546875" style="74" customWidth="1"/>
+    <col min="6" max="6" width="20.7109375" style="74" customWidth="1"/>
+    <col min="7" max="7" width="0.85546875" style="74" customWidth="1"/>
+    <col min="8" max="8" width="50.7109375" style="74" customWidth="1"/>
+    <col min="9" max="9" width="0.85546875" style="74" customWidth="1"/>
+    <col min="10" max="10" width="36.7109375" style="74" customWidth="1"/>
+    <col min="11" max="11" width="0.85546875" style="74" customWidth="1"/>
+    <col min="12" max="12" width="14.7109375" style="74" customWidth="1"/>
+    <col min="13" max="13" width="2.7109375" style="74" customWidth="1"/>
+    <col min="14" max="35" width="9.140625" style="74"/>
+    <col min="36" max="36" width="7" style="74" customWidth="1"/>
+    <col min="37" max="16384" width="9.140625" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="152" t="s">
+      <c r="A1" s="187" t="s">
         <v>106</v>
       </c>
-      <c r="B1" s="153"/>
-[...11 lines deleted...]
-      <c r="AA1" s="122" t="s">
+      <c r="B1" s="188"/>
+      <c r="C1" s="188"/>
+      <c r="D1" s="188"/>
+      <c r="E1" s="188"/>
+      <c r="F1" s="188"/>
+      <c r="G1" s="188"/>
+      <c r="H1" s="188"/>
+      <c r="I1" s="188"/>
+      <c r="J1" s="188"/>
+      <c r="K1" s="188"/>
+      <c r="L1" s="188"/>
+      <c r="M1" s="188"/>
+      <c r="AA1" s="74" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:27" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="154"/>
-[...11 lines deleted...]
-      <c r="AA2" s="122" t="s">
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="AA2" s="74" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="3" spans="1:27" s="155" customFormat="1" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="156" t="s">
+    <row r="3" spans="1:27" s="92" customFormat="1" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="93" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="157"/>
-      <c r="D3" s="158" t="s">
+      <c r="C3" s="94"/>
+      <c r="D3" s="95" t="s">
         <v>107</v>
       </c>
-      <c r="E3" s="157"/>
-      <c r="F3" s="158" t="s">
+      <c r="E3" s="94"/>
+      <c r="F3" s="95" t="s">
         <v>108</v>
       </c>
-      <c r="G3" s="157"/>
-      <c r="H3" s="159" t="s">
+      <c r="G3" s="94"/>
+      <c r="H3" s="96" t="s">
         <v>109</v>
       </c>
-      <c r="I3" s="159"/>
-      <c r="J3" s="159" t="s">
+      <c r="I3" s="96"/>
+      <c r="J3" s="96" t="s">
         <v>50</v>
       </c>
-      <c r="K3" s="157"/>
-      <c r="L3" s="158" t="s">
+      <c r="K3" s="94"/>
+      <c r="L3" s="95" t="s">
         <v>110</v>
       </c>
-      <c r="M3" s="157"/>
+      <c r="M3" s="94"/>
     </row>
     <row r="4" spans="1:27" ht="6" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="148"/>
-[...9 lines deleted...]
-      <c r="L5" s="163">
+      <c r="B5" s="87"/>
+      <c r="C5" s="97"/>
+      <c r="D5" s="98"/>
+      <c r="E5" s="97"/>
+      <c r="F5" s="98"/>
+      <c r="G5" s="97"/>
+      <c r="H5" s="98"/>
+      <c r="I5" s="99"/>
+      <c r="J5" s="98"/>
+      <c r="K5" s="97"/>
+      <c r="L5" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="148"/>
-[...9 lines deleted...]
-      <c r="L6" s="163">
+      <c r="B6" s="87"/>
+      <c r="C6" s="97"/>
+      <c r="D6" s="98"/>
+      <c r="E6" s="97"/>
+      <c r="F6" s="98"/>
+      <c r="G6" s="97"/>
+      <c r="H6" s="98"/>
+      <c r="I6" s="99"/>
+      <c r="J6" s="101"/>
+      <c r="K6" s="97"/>
+      <c r="L6" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="148"/>
-[...9 lines deleted...]
-      <c r="L7" s="163">
+      <c r="B7" s="87"/>
+      <c r="C7" s="97"/>
+      <c r="D7" s="98"/>
+      <c r="E7" s="97"/>
+      <c r="F7" s="98"/>
+      <c r="G7" s="97"/>
+      <c r="H7" s="98"/>
+      <c r="I7" s="99"/>
+      <c r="J7" s="101"/>
+      <c r="K7" s="97"/>
+      <c r="L7" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="148"/>
-[...9 lines deleted...]
-      <c r="L8" s="163">
+      <c r="B8" s="87"/>
+      <c r="C8" s="97"/>
+      <c r="D8" s="98"/>
+      <c r="E8" s="97"/>
+      <c r="F8" s="98"/>
+      <c r="G8" s="97"/>
+      <c r="H8" s="98"/>
+      <c r="I8" s="99"/>
+      <c r="J8" s="101"/>
+      <c r="K8" s="97"/>
+      <c r="L8" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="148"/>
-[...9 lines deleted...]
-      <c r="L9" s="163">
+      <c r="B9" s="87"/>
+      <c r="C9" s="97"/>
+      <c r="D9" s="98"/>
+      <c r="E9" s="97"/>
+      <c r="F9" s="98"/>
+      <c r="G9" s="97"/>
+      <c r="H9" s="98"/>
+      <c r="I9" s="99"/>
+      <c r="J9" s="101"/>
+      <c r="K9" s="97"/>
+      <c r="L9" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="148"/>
-[...9 lines deleted...]
-      <c r="L10" s="163">
+      <c r="B10" s="87"/>
+      <c r="C10" s="97"/>
+      <c r="D10" s="98"/>
+      <c r="E10" s="97"/>
+      <c r="F10" s="98"/>
+      <c r="G10" s="97"/>
+      <c r="H10" s="98"/>
+      <c r="I10" s="99"/>
+      <c r="J10" s="101"/>
+      <c r="K10" s="97"/>
+      <c r="L10" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="148"/>
-[...9 lines deleted...]
-      <c r="L11" s="163">
+      <c r="B11" s="87"/>
+      <c r="C11" s="97"/>
+      <c r="D11" s="98"/>
+      <c r="E11" s="97"/>
+      <c r="F11" s="98"/>
+      <c r="G11" s="97"/>
+      <c r="H11" s="98"/>
+      <c r="I11" s="99"/>
+      <c r="J11" s="101"/>
+      <c r="K11" s="97"/>
+      <c r="L11" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="148"/>
-[...9 lines deleted...]
-      <c r="L12" s="163">
+      <c r="B12" s="87"/>
+      <c r="C12" s="97"/>
+      <c r="D12" s="98"/>
+      <c r="E12" s="97"/>
+      <c r="F12" s="98"/>
+      <c r="G12" s="97"/>
+      <c r="H12" s="98"/>
+      <c r="I12" s="99"/>
+      <c r="J12" s="101"/>
+      <c r="K12" s="97"/>
+      <c r="L12" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="148"/>
-[...9 lines deleted...]
-      <c r="L13" s="163">
+      <c r="B13" s="87"/>
+      <c r="C13" s="97"/>
+      <c r="D13" s="98"/>
+      <c r="E13" s="97"/>
+      <c r="F13" s="98"/>
+      <c r="G13" s="97"/>
+      <c r="H13" s="98"/>
+      <c r="I13" s="99"/>
+      <c r="J13" s="101"/>
+      <c r="K13" s="97"/>
+      <c r="L13" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="148"/>
-[...9 lines deleted...]
-      <c r="L14" s="163">
+      <c r="B14" s="87"/>
+      <c r="C14" s="97"/>
+      <c r="D14" s="98"/>
+      <c r="E14" s="97"/>
+      <c r="F14" s="98"/>
+      <c r="G14" s="97"/>
+      <c r="H14" s="98"/>
+      <c r="I14" s="99"/>
+      <c r="J14" s="101"/>
+      <c r="K14" s="97"/>
+      <c r="L14" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="148"/>
-[...9 lines deleted...]
-      <c r="L15" s="163">
+      <c r="B15" s="87"/>
+      <c r="C15" s="97"/>
+      <c r="D15" s="98"/>
+      <c r="E15" s="97"/>
+      <c r="F15" s="98"/>
+      <c r="G15" s="97"/>
+      <c r="H15" s="98"/>
+      <c r="I15" s="99"/>
+      <c r="J15" s="98"/>
+      <c r="K15" s="97"/>
+      <c r="L15" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:27" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="148"/>
-[...9 lines deleted...]
-      <c r="L16" s="163">
+      <c r="B16" s="87"/>
+      <c r="C16" s="97"/>
+      <c r="D16" s="98"/>
+      <c r="E16" s="97"/>
+      <c r="F16" s="98"/>
+      <c r="G16" s="97"/>
+      <c r="H16" s="98"/>
+      <c r="I16" s="99"/>
+      <c r="J16" s="98"/>
+      <c r="K16" s="97"/>
+      <c r="L16" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:13" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="148"/>
-[...9 lines deleted...]
-      <c r="L17" s="163">
+      <c r="B17" s="87"/>
+      <c r="C17" s="97"/>
+      <c r="D17" s="98"/>
+      <c r="E17" s="97"/>
+      <c r="F17" s="98"/>
+      <c r="G17" s="97"/>
+      <c r="H17" s="98"/>
+      <c r="I17" s="99"/>
+      <c r="J17" s="98"/>
+      <c r="K17" s="97"/>
+      <c r="L17" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:13" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="148"/>
-[...9 lines deleted...]
-      <c r="L18" s="163">
+      <c r="B18" s="87"/>
+      <c r="C18" s="97"/>
+      <c r="D18" s="98"/>
+      <c r="E18" s="97"/>
+      <c r="F18" s="98"/>
+      <c r="G18" s="97"/>
+      <c r="H18" s="98"/>
+      <c r="I18" s="99"/>
+      <c r="J18" s="98"/>
+      <c r="K18" s="97"/>
+      <c r="L18" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:13" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="148"/>
-[...9 lines deleted...]
-      <c r="L19" s="163">
+      <c r="B19" s="87"/>
+      <c r="C19" s="97"/>
+      <c r="D19" s="98"/>
+      <c r="E19" s="97"/>
+      <c r="F19" s="98"/>
+      <c r="G19" s="97"/>
+      <c r="H19" s="98"/>
+      <c r="I19" s="99"/>
+      <c r="J19" s="98"/>
+      <c r="K19" s="97"/>
+      <c r="L19" s="100">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:13" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B20" s="165"/>
-[...9 lines deleted...]
-      <c r="L20" s="168"/>
+      <c r="B20" s="102"/>
+      <c r="C20" s="103"/>
+      <c r="D20" s="103"/>
+      <c r="E20" s="103"/>
+      <c r="F20" s="103"/>
+      <c r="G20" s="103"/>
+      <c r="H20" s="103"/>
+      <c r="I20" s="103"/>
+      <c r="J20" s="104"/>
+      <c r="K20" s="103"/>
+      <c r="L20" s="105"/>
     </row>
     <row r="21" spans="2:13" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="F21" s="169" t="s">
+      <c r="F21" s="183" t="s">
         <v>51</v>
       </c>
-      <c r="G21" s="169"/>
-[...3 lines deleted...]
-      <c r="L21" s="170">
+      <c r="G21" s="183"/>
+      <c r="H21" s="183"/>
+      <c r="I21" s="183"/>
+      <c r="J21" s="183"/>
+      <c r="L21" s="106">
         <f>SUM(L5:L19)</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:13" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="F22" s="171"/>
-[...4 lines deleted...]
-      <c r="L22" s="172"/>
+      <c r="F22" s="107"/>
+      <c r="G22" s="107"/>
+      <c r="H22" s="107"/>
+      <c r="I22" s="107"/>
+      <c r="J22" s="107"/>
+      <c r="L22" s="108"/>
     </row>
     <row r="23" spans="2:13" ht="105" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="173"/>
-      <c r="C23" s="174" t="s">
+      <c r="B23" s="109"/>
+      <c r="C23" s="184" t="s">
         <v>111</v>
       </c>
-      <c r="D23" s="174"/>
-[...8 lines deleted...]
-      <c r="M23" s="175"/>
+      <c r="D23" s="184"/>
+      <c r="E23" s="184"/>
+      <c r="F23" s="184"/>
+      <c r="G23" s="184"/>
+      <c r="H23" s="184"/>
+      <c r="I23" s="184"/>
+      <c r="J23" s="184"/>
+      <c r="K23" s="184"/>
+      <c r="L23" s="184"/>
+      <c r="M23" s="110"/>
     </row>
     <row r="24" spans="2:13" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="176"/>
-[...10 lines deleted...]
-      <c r="M24" s="179"/>
+      <c r="B24" s="111"/>
+      <c r="C24" s="112"/>
+      <c r="D24" s="113"/>
+      <c r="E24" s="113"/>
+      <c r="F24" s="113"/>
+      <c r="G24" s="113"/>
+      <c r="H24" s="113"/>
+      <c r="I24" s="113"/>
+      <c r="J24" s="113"/>
+      <c r="K24" s="113"/>
+      <c r="L24" s="113"/>
+      <c r="M24" s="114"/>
     </row>
     <row r="25" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="180"/>
-      <c r="C25" s="181" t="s">
+      <c r="B25" s="115"/>
+      <c r="C25" s="186" t="s">
         <v>112</v>
       </c>
-      <c r="D25" s="181"/>
-[...8 lines deleted...]
-      <c r="M25" s="182"/>
+      <c r="D25" s="186"/>
+      <c r="E25" s="186"/>
+      <c r="F25" s="186"/>
+      <c r="G25" s="186"/>
+      <c r="H25" s="186"/>
+      <c r="I25" s="186"/>
+      <c r="J25" s="186"/>
+      <c r="K25" s="186"/>
+      <c r="L25" s="186"/>
+      <c r="M25" s="116"/>
     </row>
     <row r="26" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="183" t="s">
+      <c r="B26" s="117" t="s">
         <v>113</v>
       </c>
-      <c r="C26" s="184"/>
-[...9 lines deleted...]
-      <c r="M26" s="182"/>
+      <c r="C26" s="118"/>
+      <c r="D26" s="118"/>
+      <c r="E26" s="118"/>
+      <c r="F26" s="118"/>
+      <c r="G26" s="118"/>
+      <c r="H26" s="118"/>
+      <c r="I26" s="118"/>
+      <c r="J26" s="118"/>
+      <c r="K26" s="118"/>
+      <c r="L26" s="118"/>
+      <c r="M26" s="116"/>
     </row>
     <row r="27" spans="2:13" ht="146.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B27" s="180"/>
+      <c r="B27" s="115"/>
       <c r="C27" s="185" t="s">
         <v>114</v>
       </c>
       <c r="D27" s="185"/>
       <c r="E27" s="185"/>
       <c r="F27" s="185"/>
       <c r="G27" s="185"/>
       <c r="H27" s="185"/>
       <c r="I27" s="185"/>
       <c r="J27" s="185"/>
       <c r="K27" s="185"/>
       <c r="L27" s="185"/>
-      <c r="M27" s="182"/>
+      <c r="M27" s="116"/>
     </row>
     <row r="28" spans="2:13" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="186"/>
-[...10 lines deleted...]
-      <c r="M28" s="188"/>
+      <c r="B28" s="119"/>
+      <c r="C28" s="120"/>
+      <c r="D28" s="120"/>
+      <c r="E28" s="120"/>
+      <c r="F28" s="120"/>
+      <c r="G28" s="120"/>
+      <c r="H28" s="120"/>
+      <c r="I28" s="120"/>
+      <c r="J28" s="120"/>
+      <c r="K28" s="120"/>
+      <c r="L28" s="120"/>
+      <c r="M28" s="121"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="4J8CedGt/U+pRP846a3nyf68sxw06V7MRmH/BK9AJ0yiOXZ6g+cRuk/DpIKN6DTPB2c9CSTwmPYZ/2bw9TL6Xw==" saltValue="Eh2S277wPDRid9DzGfm8zw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="5">
     <mergeCell ref="F21:J21"/>
     <mergeCell ref="C23:L23"/>
     <mergeCell ref="C27:L27"/>
     <mergeCell ref="C25:L25"/>
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.21" right="0.21" top="0.25" bottom="0.2" header="0" footer="0"/>
   <pageSetup scale="62" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;C&amp;"Arial,Bold"&amp;12FOR DATES AFTER 1/1/2023&amp;RRevised: 1/5/2023
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B8" sqref="B8:N8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="15" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" style="15" customWidth="1"/>
     <col min="3" max="3" width="5.85546875" style="15" customWidth="1"/>
     <col min="4" max="6" width="9.7109375" style="15" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="15" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" style="15" customWidth="1"/>
     <col min="9" max="9" width="10.42578125" style="15" customWidth="1"/>
     <col min="10" max="10" width="3" style="15" customWidth="1"/>
     <col min="11" max="11" width="3.5703125" style="15" customWidth="1"/>
     <col min="12" max="12" width="18.42578125" style="15" customWidth="1"/>
     <col min="13" max="13" width="5.85546875" style="15" customWidth="1"/>
     <col min="14" max="14" width="16.7109375" style="15" customWidth="1"/>
     <col min="15" max="15" width="1.5703125" style="15" customWidth="1"/>
     <col min="16" max="16" width="4.140625" style="15" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="15"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="112" t="s">
+      <c r="A1" s="125" t="s">
         <v>75</v>
       </c>
-      <c r="B1" s="112"/>
-[...13 lines deleted...]
-      <c r="P1" s="112"/>
+      <c r="B1" s="125"/>
+      <c r="C1" s="125"/>
+      <c r="D1" s="125"/>
+      <c r="E1" s="125"/>
+      <c r="F1" s="125"/>
+      <c r="G1" s="125"/>
+      <c r="H1" s="125"/>
+      <c r="I1" s="125"/>
+      <c r="J1" s="125"/>
+      <c r="K1" s="125"/>
+      <c r="L1" s="125"/>
+      <c r="M1" s="125"/>
+      <c r="N1" s="125"/>
+      <c r="O1" s="125"/>
+      <c r="P1" s="125"/>
     </row>
     <row r="3" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B3" s="113" t="s">
+      <c r="B3" s="126" t="s">
         <v>81</v>
       </c>
-      <c r="C3" s="113"/>
-[...2 lines deleted...]
-      <c r="F3" s="113"/>
+      <c r="C3" s="126"/>
+      <c r="D3" s="126"/>
+      <c r="E3" s="126"/>
+      <c r="F3" s="126"/>
     </row>
     <row r="4" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="114" t="s">
+      <c r="A4" s="71" t="s">
         <v>53</v>
       </c>
-      <c r="B4" s="115" t="s">
+      <c r="B4" s="123" t="s">
         <v>76</v>
       </c>
-      <c r="C4" s="115"/>
-[...10 lines deleted...]
-      <c r="N4" s="115"/>
+      <c r="C4" s="123"/>
+      <c r="D4" s="123"/>
+      <c r="E4" s="123"/>
+      <c r="F4" s="123"/>
+      <c r="G4" s="123"/>
+      <c r="H4" s="123"/>
+      <c r="I4" s="123"/>
+      <c r="J4" s="123"/>
+      <c r="K4" s="123"/>
+      <c r="L4" s="123"/>
+      <c r="M4" s="123"/>
+      <c r="N4" s="123"/>
     </row>
     <row r="5" spans="1:16" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="114" t="s">
+      <c r="A5" s="71" t="s">
         <v>54</v>
       </c>
-      <c r="B5" s="115" t="s">
+      <c r="B5" s="123" t="s">
         <v>115</v>
       </c>
-      <c r="C5" s="115"/>
-[...10 lines deleted...]
-      <c r="N5" s="115"/>
+      <c r="C5" s="123"/>
+      <c r="D5" s="123"/>
+      <c r="E5" s="123"/>
+      <c r="F5" s="123"/>
+      <c r="G5" s="123"/>
+      <c r="H5" s="123"/>
+      <c r="I5" s="123"/>
+      <c r="J5" s="123"/>
+      <c r="K5" s="123"/>
+      <c r="L5" s="123"/>
+      <c r="M5" s="123"/>
+      <c r="N5" s="123"/>
     </row>
     <row r="6" spans="1:16" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="114" t="s">
+      <c r="A6" s="71" t="s">
         <v>55</v>
       </c>
-      <c r="B6" s="115" t="s">
+      <c r="B6" s="123" t="s">
         <v>116</v>
       </c>
-      <c r="C6" s="115"/>
-[...10 lines deleted...]
-      <c r="N6" s="115"/>
+      <c r="C6" s="123"/>
+      <c r="D6" s="123"/>
+      <c r="E6" s="123"/>
+      <c r="F6" s="123"/>
+      <c r="G6" s="123"/>
+      <c r="H6" s="123"/>
+      <c r="I6" s="123"/>
+      <c r="J6" s="123"/>
+      <c r="K6" s="123"/>
+      <c r="L6" s="123"/>
+      <c r="M6" s="123"/>
+      <c r="N6" s="123"/>
     </row>
     <row r="7" spans="1:16" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="114" t="s">
+      <c r="A7" s="71" t="s">
         <v>56</v>
       </c>
-      <c r="B7" s="115" t="s">
+      <c r="B7" s="123" t="s">
         <v>117</v>
       </c>
-      <c r="C7" s="115"/>
-[...10 lines deleted...]
-      <c r="N7" s="115"/>
+      <c r="C7" s="123"/>
+      <c r="D7" s="123"/>
+      <c r="E7" s="123"/>
+      <c r="F7" s="123"/>
+      <c r="G7" s="123"/>
+      <c r="H7" s="123"/>
+      <c r="I7" s="123"/>
+      <c r="J7" s="123"/>
+      <c r="K7" s="123"/>
+      <c r="L7" s="123"/>
+      <c r="M7" s="123"/>
+      <c r="N7" s="123"/>
     </row>
     <row r="8" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="114"/>
-      <c r="B8" s="116" t="s">
+      <c r="A8" s="71"/>
+      <c r="B8" s="124" t="s">
         <v>82</v>
       </c>
-      <c r="C8" s="116"/>
-[...10 lines deleted...]
-      <c r="N8" s="116"/>
+      <c r="C8" s="124"/>
+      <c r="D8" s="124"/>
+      <c r="E8" s="124"/>
+      <c r="F8" s="124"/>
+      <c r="G8" s="124"/>
+      <c r="H8" s="124"/>
+      <c r="I8" s="124"/>
+      <c r="J8" s="124"/>
+      <c r="K8" s="124"/>
+      <c r="L8" s="124"/>
+      <c r="M8" s="124"/>
+      <c r="N8" s="124"/>
     </row>
     <row r="9" spans="1:16" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="114" t="s">
+      <c r="A9" s="71" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="115" t="s">
+      <c r="B9" s="123" t="s">
         <v>118</v>
       </c>
-      <c r="C9" s="115"/>
-[...10 lines deleted...]
-      <c r="N9" s="115"/>
+      <c r="C9" s="123"/>
+      <c r="D9" s="123"/>
+      <c r="E9" s="123"/>
+      <c r="F9" s="123"/>
+      <c r="G9" s="123"/>
+      <c r="H9" s="123"/>
+      <c r="I9" s="123"/>
+      <c r="J9" s="123"/>
+      <c r="K9" s="123"/>
+      <c r="L9" s="123"/>
+      <c r="M9" s="123"/>
+      <c r="N9" s="123"/>
     </row>
     <row r="10" spans="1:16" ht="42" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="114" t="s">
+      <c r="A10" s="71" t="s">
         <v>58</v>
       </c>
-      <c r="B10" s="115" t="s">
+      <c r="B10" s="123" t="s">
         <v>96</v>
       </c>
-      <c r="C10" s="115"/>
-[...10 lines deleted...]
-      <c r="N10" s="115"/>
+      <c r="C10" s="123"/>
+      <c r="D10" s="123"/>
+      <c r="E10" s="123"/>
+      <c r="F10" s="123"/>
+      <c r="G10" s="123"/>
+      <c r="H10" s="123"/>
+      <c r="I10" s="123"/>
+      <c r="J10" s="123"/>
+      <c r="K10" s="123"/>
+      <c r="L10" s="123"/>
+      <c r="M10" s="123"/>
+      <c r="N10" s="123"/>
     </row>
     <row r="11" spans="1:16" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="114" t="s">
+      <c r="A11" s="71" t="s">
         <v>59</v>
       </c>
-      <c r="B11" s="115" t="s">
+      <c r="B11" s="123" t="s">
         <v>62</v>
       </c>
-      <c r="C11" s="115"/>
-[...10 lines deleted...]
-      <c r="N11" s="115"/>
+      <c r="C11" s="123"/>
+      <c r="D11" s="123"/>
+      <c r="E11" s="123"/>
+      <c r="F11" s="123"/>
+      <c r="G11" s="123"/>
+      <c r="H11" s="123"/>
+      <c r="I11" s="123"/>
+      <c r="J11" s="123"/>
+      <c r="K11" s="123"/>
+      <c r="L11" s="123"/>
+      <c r="M11" s="123"/>
+      <c r="N11" s="123"/>
     </row>
     <row r="12" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="117" t="s">
+      <c r="A12" s="72" t="s">
         <v>60</v>
       </c>
-      <c r="B12" s="118" t="s">
+      <c r="B12" s="122" t="s">
         <v>77</v>
       </c>
-      <c r="C12" s="118"/>
-[...10 lines deleted...]
-      <c r="N12" s="118"/>
+      <c r="C12" s="122"/>
+      <c r="D12" s="122"/>
+      <c r="E12" s="122"/>
+      <c r="F12" s="122"/>
+      <c r="G12" s="122"/>
+      <c r="H12" s="122"/>
+      <c r="I12" s="122"/>
+      <c r="J12" s="122"/>
+      <c r="K12" s="122"/>
+      <c r="L12" s="122"/>
+      <c r="M12" s="122"/>
+      <c r="N12" s="122"/>
     </row>
     <row r="13" spans="1:16" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="114" t="s">
+      <c r="A13" s="71" t="s">
         <v>61</v>
       </c>
-      <c r="B13" s="115" t="s">
+      <c r="B13" s="123" t="s">
         <v>119</v>
       </c>
-      <c r="C13" s="115"/>
-[...10 lines deleted...]
-      <c r="N13" s="115"/>
+      <c r="C13" s="123"/>
+      <c r="D13" s="123"/>
+      <c r="E13" s="123"/>
+      <c r="F13" s="123"/>
+      <c r="G13" s="123"/>
+      <c r="H13" s="123"/>
+      <c r="I13" s="123"/>
+      <c r="J13" s="123"/>
+      <c r="K13" s="123"/>
+      <c r="L13" s="123"/>
+      <c r="M13" s="123"/>
+      <c r="N13" s="123"/>
     </row>
     <row r="14" spans="1:16" ht="62.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="114" t="s">
+      <c r="A14" s="71" t="s">
         <v>63</v>
       </c>
-      <c r="B14" s="115" t="s">
+      <c r="B14" s="123" t="s">
         <v>120</v>
       </c>
-      <c r="C14" s="115"/>
-[...10 lines deleted...]
-      <c r="N14" s="115"/>
+      <c r="C14" s="123"/>
+      <c r="D14" s="123"/>
+      <c r="E14" s="123"/>
+      <c r="F14" s="123"/>
+      <c r="G14" s="123"/>
+      <c r="H14" s="123"/>
+      <c r="I14" s="123"/>
+      <c r="J14" s="123"/>
+      <c r="K14" s="123"/>
+      <c r="L14" s="123"/>
+      <c r="M14" s="123"/>
+      <c r="N14" s="123"/>
     </row>
     <row r="15" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="114" t="s">
+      <c r="A15" s="71" t="s">
         <v>64</v>
       </c>
-      <c r="B15" s="115" t="s">
+      <c r="B15" s="123" t="s">
         <v>66</v>
       </c>
-      <c r="C15" s="115"/>
-[...10 lines deleted...]
-      <c r="N15" s="115"/>
+      <c r="C15" s="123"/>
+      <c r="D15" s="123"/>
+      <c r="E15" s="123"/>
+      <c r="F15" s="123"/>
+      <c r="G15" s="123"/>
+      <c r="H15" s="123"/>
+      <c r="I15" s="123"/>
+      <c r="J15" s="123"/>
+      <c r="K15" s="123"/>
+      <c r="L15" s="123"/>
+      <c r="M15" s="123"/>
+      <c r="N15" s="123"/>
     </row>
     <row r="16" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="114" t="s">
+      <c r="A16" s="71" t="s">
         <v>65</v>
       </c>
-      <c r="B16" s="115" t="s">
+      <c r="B16" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="C16" s="115"/>
-[...10 lines deleted...]
-      <c r="N16" s="115"/>
+      <c r="C16" s="123"/>
+      <c r="D16" s="123"/>
+      <c r="E16" s="123"/>
+      <c r="F16" s="123"/>
+      <c r="G16" s="123"/>
+      <c r="H16" s="123"/>
+      <c r="I16" s="123"/>
+      <c r="J16" s="123"/>
+      <c r="K16" s="123"/>
+      <c r="L16" s="123"/>
+      <c r="M16" s="123"/>
+      <c r="N16" s="123"/>
     </row>
     <row r="17" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="119" t="s">
+      <c r="A17" s="73" t="s">
         <v>67</v>
       </c>
-      <c r="B17" s="115" t="s">
+      <c r="B17" s="123" t="s">
         <v>70</v>
       </c>
-      <c r="C17" s="115"/>
-[...10 lines deleted...]
-      <c r="N17" s="115"/>
+      <c r="C17" s="123"/>
+      <c r="D17" s="123"/>
+      <c r="E17" s="123"/>
+      <c r="F17" s="123"/>
+      <c r="G17" s="123"/>
+      <c r="H17" s="123"/>
+      <c r="I17" s="123"/>
+      <c r="J17" s="123"/>
+      <c r="K17" s="123"/>
+      <c r="L17" s="123"/>
+      <c r="M17" s="123"/>
+      <c r="N17" s="123"/>
     </row>
     <row r="18" spans="1:14" ht="100.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="119" t="s">
+      <c r="A18" s="73" t="s">
         <v>69</v>
       </c>
-      <c r="B18" s="115" t="s">
+      <c r="B18" s="123" t="s">
         <v>121</v>
       </c>
-      <c r="C18" s="115"/>
-[...10 lines deleted...]
-      <c r="N18" s="115"/>
+      <c r="C18" s="123"/>
+      <c r="D18" s="123"/>
+      <c r="E18" s="123"/>
+      <c r="F18" s="123"/>
+      <c r="G18" s="123"/>
+      <c r="H18" s="123"/>
+      <c r="I18" s="123"/>
+      <c r="J18" s="123"/>
+      <c r="K18" s="123"/>
+      <c r="L18" s="123"/>
+      <c r="M18" s="123"/>
+      <c r="N18" s="123"/>
     </row>
     <row r="19" spans="1:14" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="114" t="s">
+      <c r="A19" s="71" t="s">
         <v>71</v>
       </c>
-      <c r="B19" s="115" t="s">
+      <c r="B19" s="123" t="s">
         <v>80</v>
       </c>
-      <c r="C19" s="115"/>
-[...10 lines deleted...]
-      <c r="N19" s="115"/>
+      <c r="C19" s="123"/>
+      <c r="D19" s="123"/>
+      <c r="E19" s="123"/>
+      <c r="F19" s="123"/>
+      <c r="G19" s="123"/>
+      <c r="H19" s="123"/>
+      <c r="I19" s="123"/>
+      <c r="J19" s="123"/>
+      <c r="K19" s="123"/>
+      <c r="L19" s="123"/>
+      <c r="M19" s="123"/>
+      <c r="N19" s="123"/>
     </row>
     <row r="20" spans="1:14" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="114" t="s">
+      <c r="A20" s="71" t="s">
         <v>72</v>
       </c>
-      <c r="B20" s="115" t="s">
+      <c r="B20" s="123" t="s">
         <v>74</v>
       </c>
-      <c r="C20" s="115"/>
-[...10 lines deleted...]
-      <c r="N20" s="115"/>
+      <c r="C20" s="123"/>
+      <c r="D20" s="123"/>
+      <c r="E20" s="123"/>
+      <c r="F20" s="123"/>
+      <c r="G20" s="123"/>
+      <c r="H20" s="123"/>
+      <c r="I20" s="123"/>
+      <c r="J20" s="123"/>
+      <c r="K20" s="123"/>
+      <c r="L20" s="123"/>
+      <c r="M20" s="123"/>
+      <c r="N20" s="123"/>
     </row>
     <row r="21" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="114" t="s">
+      <c r="A21" s="71" t="s">
         <v>73</v>
       </c>
-      <c r="B21" s="115" t="s">
+      <c r="B21" s="123" t="s">
         <v>97</v>
       </c>
-      <c r="C21" s="115"/>
-[...10 lines deleted...]
-      <c r="N21" s="115"/>
+      <c r="C21" s="123"/>
+      <c r="D21" s="123"/>
+      <c r="E21" s="123"/>
+      <c r="F21" s="123"/>
+      <c r="G21" s="123"/>
+      <c r="H21" s="123"/>
+      <c r="I21" s="123"/>
+      <c r="J21" s="123"/>
+      <c r="K21" s="123"/>
+      <c r="L21" s="123"/>
+      <c r="M21" s="123"/>
+      <c r="N21" s="123"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="20">
+    <mergeCell ref="B21:N21"/>
+    <mergeCell ref="B15:N15"/>
+    <mergeCell ref="B16:N16"/>
+    <mergeCell ref="B17:N17"/>
+    <mergeCell ref="B18:N18"/>
+    <mergeCell ref="B19:N19"/>
+    <mergeCell ref="B20:N20"/>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="B14:N14"/>
     <mergeCell ref="B3:F3"/>
     <mergeCell ref="B4:N4"/>
     <mergeCell ref="B5:N5"/>
     <mergeCell ref="B6:N6"/>
     <mergeCell ref="B7:N7"/>
     <mergeCell ref="B8:N8"/>
     <mergeCell ref="B9:N9"/>
     <mergeCell ref="B10:N10"/>
     <mergeCell ref="B11:N11"/>
     <mergeCell ref="B12:N12"/>
     <mergeCell ref="B13:N13"/>
-    <mergeCell ref="B21:N21"/>
-[...5 lines deleted...]
-    <mergeCell ref="B20:N20"/>
   </mergeCells>
   <pageMargins left="0.44" right="0.27" top="0.35" bottom="0.53" header="0.26" footer="0.24"/>
   <pageSetup scale="80" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Bold"&amp;12-- Blue Ink Only --&amp;R&amp;8revised: 1/5/2023</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="B1:F11"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.140625" customWidth="1"/>
     <col min="2" max="2" width="64.42578125" customWidth="1"/>
     <col min="3" max="3" width="1.5703125" customWidth="1"/>
     <col min="4" max="4" width="5.5703125" customWidth="1"/>
     <col min="5" max="6" width="16" customWidth="1"/>
   </cols>